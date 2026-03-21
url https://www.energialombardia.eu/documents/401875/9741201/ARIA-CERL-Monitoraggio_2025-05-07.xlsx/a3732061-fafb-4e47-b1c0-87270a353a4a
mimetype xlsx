--- v0 (2025-10-15)
+++ v1 (2026-03-21)
@@ -6,89 +6,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\CERL\03_Monitoraggio\Dati\Pubblicazioni\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{300854B3-7DDD-40F2-A056-72295129B6A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4870923-76ED-4121-A2EE-89182274C3B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Copertina" sheetId="4" r:id="rId1"/>
     <sheet name="CER" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Copertina!$A$1:$C$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2764" uniqueCount="1295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2875" uniqueCount="1392">
   <si>
     <t>Introduzione</t>
   </si>
   <si>
     <t>Mappa delle configurazioni di autoconsumo diffuso</t>
   </si>
   <si>
     <t>Nel foglio 'CER' sono riportate le iniziative in corso sul territorio regionale attualmente mappate, specificando per ciascuna il livello di attuazione (in progetto, costituita o qualificata ufficialmente dal GSE), unitamente ad alcune informazioni di sintesi. Si tratta di una prima ricostruzione relativa alle sole Comunità Energetiche Rinnovabili, basata sulle informazioni relative ai progetti meritevoli individuati nella Fase 1 della Manifestazione di interesse, su quanto pubblicato all'interno della mappa delle cabine primarie del GSE relativamente alle CER ufficialmente qualificate, e su informazioni reperite dal Nucleo Operativo CERL mediante contatto diretto con i soggetti promotori o tramite web.</t>
   </si>
   <si>
     <t>IODL 2.0</t>
   </si>
   <si>
     <t>Data ultimo aggiornamento:</t>
   </si>
   <si>
     <t>Per segnalazioni, inviare un'email all'indirizzo:</t>
   </si>
   <si>
     <t>cerl@ariaspa.it</t>
   </si>
   <si>
     <t>Licenza Dati:</t>
   </si>
   <si>
@@ -118,53 +118,50 @@
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>CER Val di Scalve</t>
   </si>
   <si>
     <t>Web, Manifestazione di interesse</t>
   </si>
   <si>
     <t>CER di Bagnatica</t>
   </si>
   <si>
     <t>Comunità Energetica Barianese</t>
   </si>
   <si>
     <t>Manifestazione di interesse, Indagine CERL</t>
   </si>
   <si>
     <t>CER Comuni di Filago, Bottanuco e Madone</t>
   </si>
   <si>
     <t>CER Comune di Calcinate</t>
   </si>
   <si>
-    <t>CER Comune di Calvenzano</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Canonica</t>
   </si>
   <si>
     <t>CER Capizzone Plus</t>
   </si>
   <si>
     <t>CER Comune di Capriate San Gervasio</t>
   </si>
   <si>
     <t>Fondazione CER Fonte ETS</t>
   </si>
   <si>
     <t>CER Casazza 1</t>
   </si>
   <si>
     <t>CER Comune di Casnigo</t>
   </si>
   <si>
     <t>CER Comune di Castel Rozzone 1</t>
   </si>
   <si>
     <t>CER Comune di Castel Rozzone 2</t>
   </si>
   <si>
     <t>CER Altopiano della Presolana</t>
@@ -175,393 +172,284 @@
   <si>
     <t>CER Comune di Colzate</t>
   </si>
   <si>
     <t>CER Comune di Corna Imagna</t>
   </si>
   <si>
     <t>CER di Costa Volpino</t>
   </si>
   <si>
     <t>Curno Energia per tutti</t>
   </si>
   <si>
     <t>CER di Dalmine</t>
   </si>
   <si>
     <t>CER Comune di Fara Gera D'Adda</t>
   </si>
   <si>
     <t>CER Comune di Fontanella</t>
   </si>
   <si>
     <t>Gorlago 4 Green</t>
   </si>
   <si>
-    <t>CER Comune di Lenna</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Lovere</t>
   </si>
   <si>
     <t>Rinnovabili per Lurano</t>
   </si>
   <si>
     <t>CER Isola Bergamasca</t>
   </si>
   <si>
     <t>Manifestazione di interesse, Web</t>
   </si>
   <si>
     <t>CER Comune di Oneta</t>
   </si>
   <si>
-    <t>CER Comune di Osio Sotto</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Palosco</t>
   </si>
   <si>
     <t>CER Comune di Parre</t>
   </si>
   <si>
-    <t>CER Comune di Ranica</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Rota D'Imagna</t>
   </si>
   <si>
-    <t>eC-MVB (e-Community
-[...2 lines deleted...]
-  <si>
     <t>CER Comune di San Paolo D'Argon</t>
   </si>
   <si>
     <t>CER Comune di Scanzorosciate</t>
   </si>
   <si>
-    <t>CER Comune di Solza</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Spirano</t>
   </si>
   <si>
-    <t>CER Comune di Stezzano</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Torre Boldone</t>
   </si>
   <si>
-    <t>CER Comune di Valleve</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Verdellino</t>
   </si>
   <si>
     <t>CER Comune di Villa D'Ogna</t>
   </si>
   <si>
     <t>CER "Sapiens"</t>
   </si>
   <si>
     <t xml:space="preserve">Non noto </t>
   </si>
   <si>
     <t>GSE - Mappa cabine primarie</t>
   </si>
   <si>
     <t>CER Barbariga</t>
   </si>
   <si>
-    <t>CER Comune di Borgosatollo</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Calvisano</t>
   </si>
   <si>
     <t>CER Comune di Castel Mella</t>
   </si>
   <si>
-    <t>CER Comune di Castenedolo</t>
-[...1 lines deleted...]
-  <si>
     <t>CER di Casto</t>
   </si>
   <si>
     <t>CER Comune di Corte Franca</t>
   </si>
   <si>
     <t>CER Corzano</t>
   </si>
   <si>
     <t>CER Comune di Darfo Boario Terme</t>
   </si>
   <si>
     <t>CER di Edolo</t>
   </si>
   <si>
     <t>CER Flero</t>
   </si>
   <si>
     <t>CER di Gavardo</t>
   </si>
   <si>
     <t>CER Comune di Ghedi</t>
   </si>
   <si>
     <t>Comune di Idro</t>
   </si>
   <si>
     <t>CER Mazzano</t>
   </si>
   <si>
     <t>CER Milzano</t>
   </si>
   <si>
     <t>CER Monno</t>
   </si>
   <si>
     <t>CER Comune di Montichiari</t>
   </si>
   <si>
-    <t>CER di Nave e di Caino</t>
-[...4 lines deleted...]
-  <si>
     <t>CER Comune di Odolo</t>
   </si>
   <si>
     <t>CER Comune di Orzivecchi</t>
   </si>
   <si>
     <t>CER Roncadelle</t>
   </si>
   <si>
     <t>CER Rudianese</t>
   </si>
   <si>
     <t>CER Vezza d'Oglio</t>
   </si>
   <si>
-    <t>CER Comune di Villachiara</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comunità Montana Sebino Bresciano</t>
   </si>
   <si>
     <t>Contatto diretto</t>
   </si>
   <si>
     <t>CER Valle Camonica</t>
   </si>
   <si>
-    <t>CER Comune di Cabiate</t>
-[...34 lines deleted...]
-  <si>
     <t>CER del borgo di Barni</t>
   </si>
   <si>
     <t>CER del centro di Erba</t>
   </si>
   <si>
     <t>CER della sorgente del Lambro</t>
   </si>
   <si>
-    <t>CER di Cavargna</t>
-[...1 lines deleted...]
-  <si>
     <t>CER San Maurizio</t>
   </si>
   <si>
     <t>CER solidale del Lario ETS</t>
   </si>
   <si>
     <t>CER Valbreggia</t>
   </si>
   <si>
-    <t>Web, Indagine CERL</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Adda-Serio</t>
   </si>
   <si>
     <t>CER Alto Cremasco</t>
   </si>
   <si>
     <t>CER Comune di Izano</t>
   </si>
   <si>
     <t>CER Comune di Sesto Ed Uniti</t>
   </si>
   <si>
     <t>CER Crema</t>
   </si>
   <si>
     <t>CER Fulcheria</t>
   </si>
   <si>
     <t>CER Gerundo</t>
   </si>
   <si>
     <t>CER Oglio-Serio</t>
   </si>
   <si>
     <t>CER Palate e Fontanili</t>
   </si>
   <si>
     <t>CER Valle dell'Adda</t>
   </si>
   <si>
     <t>CER Ville d'Oglio</t>
   </si>
   <si>
     <t>Fondazione CER Postumia ETS</t>
   </si>
   <si>
     <t>Fondazione CER solidale Elettra ETS</t>
   </si>
   <si>
     <t>Fondazione CER Soresina – San Bassano ETS</t>
   </si>
   <si>
     <t>Fondazione CER T.O.P. Energie ETS</t>
   </si>
   <si>
-    <t>CER Comune di Bellano</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Casargo</t>
   </si>
   <si>
     <t>CER Comune di Cernusco Lombardone</t>
   </si>
   <si>
-    <t>CER Comune di Cesana Brianza</t>
-[...4 lines deleted...]
-  <si>
     <t>CER Comune di Colle Brianza</t>
   </si>
   <si>
     <t>CER Comune di Dervio</t>
   </si>
   <si>
     <t>CER Comune di Ello</t>
   </si>
   <si>
-    <t>CER Comune di Galbiate</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Garbagnate Monastero</t>
   </si>
   <si>
     <t>CER Comune di Malgrate</t>
   </si>
   <si>
-    <t>CER Comune di Margno</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Molteno</t>
   </si>
   <si>
-    <t>CER Comune di Oggiono</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Pasturo</t>
   </si>
   <si>
     <t>CER Comune di Primaluna</t>
   </si>
   <si>
-    <t>CER Comune di Rogeno</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Sueglio</t>
   </si>
   <si>
-    <t>CER Comune di Valmadrera</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Varenna</t>
   </si>
   <si>
     <t>CER di Valvarrone</t>
   </si>
   <si>
-    <t>CER Green Valley</t>
-[...1 lines deleted...]
-  <si>
     <t>CER My Solaris ETS</t>
   </si>
   <si>
     <t>Indagine CERL</t>
   </si>
   <si>
     <t>CER Logratese</t>
   </si>
   <si>
-    <t>GSE - Mappa cabine primarie, Indagine CERL</t>
-[...1 lines deleted...]
-  <si>
     <t>Associazione CERchio</t>
   </si>
   <si>
     <t>LA tua CER - Vercurago</t>
   </si>
   <si>
     <t xml:space="preserve">Energy Saving Management Consultants SpA </t>
   </si>
   <si>
     <t>Comuni rinnovabili</t>
   </si>
   <si>
     <t>CER Comune di Casalpusterlengo</t>
   </si>
   <si>
     <t>EnerCER</t>
   </si>
   <si>
     <t>Gruppo Enercom</t>
   </si>
   <si>
     <t>CER di Casalmaiocco</t>
   </si>
   <si>
     <t>CER di Codogno</t>
@@ -581,245 +469,185 @@
   <si>
     <t>CER Comune di Magnacavallo</t>
   </si>
   <si>
     <t>CER Comune di Marmirolo</t>
   </si>
   <si>
     <t>CER Comune di Moglia</t>
   </si>
   <si>
     <t>CER Comune di Ostiglia</t>
   </si>
   <si>
     <t>CER Comune di Pegognaga</t>
   </si>
   <si>
     <t>CER Comune di Pegognaga, frazione Polesine</t>
   </si>
   <si>
     <t>CER Comune di Poggio Rusco</t>
   </si>
   <si>
     <t>CER Comune di Quistello</t>
   </si>
   <si>
-    <t>CER Comune di San Benedetto Po</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di San Giovanni Del Dosso</t>
   </si>
   <si>
     <t>CER Comune di Sermide e Felonica</t>
   </si>
   <si>
     <t>CER Comune di Serravalle A Po</t>
   </si>
   <si>
-    <t>CER Comune di Sustinente</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Suzzara</t>
   </si>
   <si>
     <t>CER dei Prati Stabili</t>
   </si>
   <si>
     <t>CER di Rodigo</t>
   </si>
   <si>
-    <t>CER solidale Mantova Ovest</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Villa Poma</t>
   </si>
   <si>
     <t>Fondazione CER Casalasco Viadanese ETS</t>
   </si>
   <si>
-    <t>CER Bresso</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Canegrate</t>
   </si>
   <si>
     <t>CER Cologno</t>
   </si>
   <si>
     <t>CER Comune di Basiglio</t>
   </si>
   <si>
-    <t>CER Comune di Bellinzago Lombardo</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Bussero</t>
   </si>
   <si>
     <t>CER Comune di Busto Garolfo</t>
   </si>
   <si>
     <t>CER Comune di Cambiago</t>
   </si>
   <si>
-    <t>CER Comune di Cassano D'Adda</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Cesano Boscone</t>
   </si>
   <si>
-    <t>CER Comune di Gorgonzola</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Inzago</t>
   </si>
   <si>
-    <t>CER Comune di Liscate</t>
-[...4 lines deleted...]
-  <si>
     <t>CER Comune di Nerviano</t>
   </si>
   <si>
-    <t>CER Comune di Pioltello - CP Prevalente</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di San Colombano Al Lambro</t>
   </si>
   <si>
-    <t>CER Comune di Truccazzano</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Vignate</t>
   </si>
   <si>
     <t>CER Comune di Zibido San Giacomo</t>
   </si>
   <si>
-    <t>CER Comuni di Bernate Ticino, Boffalora sopra Ticino, Cuggiono, Magenta, Marcallo con Casone, Mesero, Ossona, Robecco sul Naviglio, Santo Stefano Ticino, Sedriano</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Corbetta</t>
   </si>
   <si>
     <t>CER di Cassina De' Pecchi</t>
   </si>
   <si>
     <t>CER di Trezzo Sull'Adda</t>
   </si>
   <si>
     <t>CER di Vanzago e Pregnana</t>
   </si>
   <si>
     <t>CER Edificio16</t>
   </si>
   <si>
     <t>CER Parabiago Rinnovabile e Sostenibile</t>
   </si>
   <si>
     <t>CER Rhaudum Lucis</t>
   </si>
   <si>
     <t>CER San Giuliano Milanese</t>
   </si>
   <si>
-    <t>CER.ca.MI Solidale</t>
-[...1 lines deleted...]
-  <si>
     <t>CERnusco - area est</t>
   </si>
   <si>
-    <t>CER-PESSANO</t>
-[...1 lines deleted...]
-  <si>
     <t>CERTA - Comunità Energetica Rinnovabile del Territorio Abbiatense</t>
   </si>
   <si>
-    <t>CER-TREZZANOROSA</t>
-[...4 lines deleted...]
-  <si>
     <t>Comunità energetica Arese Sud</t>
   </si>
   <si>
     <t>SETTIMOCER</t>
   </si>
   <si>
     <t>GSE - Mappa cabine primarie, Manifestazione di interesse</t>
   </si>
   <si>
     <t>SOLEdarietà</t>
   </si>
   <si>
     <t>Vaprio Energy</t>
   </si>
   <si>
     <t>CER Aicurziese</t>
   </si>
   <si>
     <t>CER Arcorese</t>
   </si>
   <si>
     <t>CER Comune di Albiate</t>
   </si>
   <si>
     <t>CER Comune di Barlassina</t>
   </si>
   <si>
-    <t>CER Comune di Besana In Brianza - AC001E01467</t>
-[...4 lines deleted...]
-  <si>
     <t>CER Comune di Bovisio-Masciago</t>
   </si>
   <si>
     <t>CER Comune di Cavenago Di Brianza</t>
   </si>
   <si>
     <t>CER Comune di Cesano Maderno</t>
   </si>
   <si>
     <t>CER Comune di Lentate Sul Seveso</t>
   </si>
   <si>
-    <t>CER Comune di Lissone</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Meda</t>
   </si>
   <si>
     <t>CER Comune di Seveso</t>
   </si>
   <si>
-    <t>CER Comune di Sovico</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Varedo</t>
   </si>
   <si>
     <t>CER di Carate Brianza</t>
   </si>
   <si>
     <t>CER di Correzzana ETS</t>
   </si>
   <si>
     <t>CER di Desio</t>
   </si>
   <si>
     <t>CER di Misinto</t>
   </si>
   <si>
     <t>CER solidale di Ronco Briantino</t>
   </si>
   <si>
     <t>CERSTAR - Comunità Energetica Rinnovabile e Solidale del Territorio dell'Asparago Rosa</t>
   </si>
   <si>
     <t>MonzaCER - Monza_CapacediEnergiaRaggiante</t>
   </si>
   <si>
     <t>CER Comune di Cassolnovo</t>
@@ -830,140 +658,125 @@
   <si>
     <t>CER Comune di Inverno E Monteleone</t>
   </si>
   <si>
     <t>CER Comune di Montesegale</t>
   </si>
   <si>
     <t>CER SONGROEN di Bertonico</t>
   </si>
   <si>
     <t>Manifestazione di interesse, GSE - Mappa cabine primarie, Web</t>
   </si>
   <si>
     <t>CER Comune di Valle Lomellina</t>
   </si>
   <si>
     <t>CER Comune di Voghera</t>
   </si>
   <si>
     <t>CER del Burg</t>
   </si>
   <si>
     <t>CER Rivanazzano</t>
   </si>
   <si>
-    <t>Staffora 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Vigevano, energia in comune</t>
   </si>
   <si>
     <t>CER Comune di San Giacomo Filippo</t>
   </si>
   <si>
     <t>CER Comune di Valdidentro</t>
   </si>
   <si>
     <t>CER Comune di Valdisotto</t>
   </si>
   <si>
     <t>CER Valtellina di Sondrio</t>
   </si>
   <si>
     <t>Web, Contatto diretto</t>
   </si>
   <si>
     <t>REC Tirano-Sernio</t>
   </si>
   <si>
     <t>So.CER</t>
   </si>
   <si>
     <t>CER Bevera-Lanza</t>
   </si>
   <si>
     <t>CER Comune di Albizzate</t>
   </si>
   <si>
-    <t>CER Comune di Castiglione Olona</t>
-[...1 lines deleted...]
-  <si>
     <t>CER Comune di Cislago</t>
   </si>
   <si>
     <t>CER Comune di Saronno</t>
   </si>
   <si>
     <t>CER dei laghi</t>
   </si>
   <si>
-    <t>Web, Manifestazione di interesse, Indagine CERL, Contatto diretto</t>
-[...1 lines deleted...]
-  <si>
     <t>CER del Luinese</t>
   </si>
   <si>
-    <t>Web, Manifestazione di interesse, Contatto diretto</t>
-[...1 lines deleted...]
-  <si>
     <t>Comunità Energetica delle Cinque Vette</t>
   </si>
   <si>
     <t>Lozza blu e sociale</t>
   </si>
   <si>
     <t>Manifestazione di interesse, Web, Contatto diretto, Indagine CERL</t>
   </si>
   <si>
     <t>CER Agrate Brianza</t>
   </si>
   <si>
     <t>CER Pinarolo Po</t>
   </si>
   <si>
     <t>CER T.T.G.E.</t>
   </si>
   <si>
     <t>Solisca</t>
   </si>
   <si>
     <t>Comuni rinnovabili, GSE - Mappa cabine primarie</t>
   </si>
   <si>
     <t>SOL Solari e solidali</t>
   </si>
   <si>
     <t>GSE - Mappa cabine primarie, Web</t>
   </si>
   <si>
     <t>Comunità Energetica ENPAL</t>
   </si>
   <si>
-    <t>CER Bicocca</t>
-[...1 lines deleted...]
-  <si>
     <t>CER BY CEC</t>
   </si>
   <si>
     <t>CER Millesoli</t>
   </si>
   <si>
     <t>Benaco Energia</t>
   </si>
   <si>
     <t>Gruppo Visioli</t>
   </si>
   <si>
     <t>CER Svea Solar Nord1 ETS</t>
   </si>
   <si>
     <t>Svea Solar</t>
   </si>
   <si>
     <t>Energia Solidale ETS</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Cabina primaria</t>
@@ -1022,215 +835,179 @@
   <si>
     <t>AC001E01494, AC001E01431, AC001E01496</t>
   </si>
   <si>
     <t>AC001E01496</t>
   </si>
   <si>
     <t>AC001E01386</t>
   </si>
   <si>
     <t>AC001E01408</t>
   </si>
   <si>
     <t>AC001E01504</t>
   </si>
   <si>
     <t>AC001E01497</t>
   </si>
   <si>
     <t>AC001E01469</t>
   </si>
   <si>
     <t>AC001E01466</t>
   </si>
   <si>
-    <t>AC001E01364</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01361</t>
   </si>
   <si>
-    <t>AC001E01506</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01497, AC001E01495</t>
   </si>
   <si>
     <t>AC001E01468</t>
   </si>
   <si>
     <t>AC001E01478</t>
   </si>
   <si>
-    <t>AC001E01398,AC001E01412</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01405</t>
   </si>
   <si>
     <t>AC001E01505</t>
   </si>
   <si>
     <t>AC001E01492</t>
   </si>
   <si>
-    <t>AC001E01502</t>
-[...4 lines deleted...]
-  <si>
     <t>AC001E01412</t>
   </si>
   <si>
     <t>3 - Qualificata dal GSE</t>
   </si>
   <si>
     <t>Non nota</t>
   </si>
   <si>
     <t>Cooperativa</t>
   </si>
   <si>
     <t>Brescia</t>
   </si>
   <si>
     <t>AC001E01406</t>
   </si>
   <si>
     <t>AC001E01193, AC001E01995</t>
   </si>
   <si>
     <t>AC001E01346</t>
   </si>
   <si>
-    <t>AC001E01367, AC001E01366</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01365</t>
   </si>
   <si>
-    <t>AC001E01411, AC001E01404</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01249, AC001E01251</t>
   </si>
   <si>
     <t>AC001E01366</t>
   </si>
   <si>
     <t>AC001E01508</t>
   </si>
   <si>
     <t>AC006E00006</t>
   </si>
   <si>
     <t>AC001E01368</t>
   </si>
   <si>
     <t>AC001E01344, AC001E01346</t>
   </si>
   <si>
     <t>AC001E01503</t>
   </si>
   <si>
     <t>AC001E01520</t>
   </si>
   <si>
     <t>AC001E01248, AC001E01195</t>
   </si>
   <si>
     <t>AC006E00003</t>
   </si>
   <si>
     <t>AC001E01251</t>
   </si>
   <si>
-    <t>AC001E01403, AC001E01404</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01369, AC001E01407</t>
   </si>
   <si>
     <t>AC006E00004</t>
   </si>
   <si>
     <t>AC001E01195</t>
   </si>
   <si>
     <t>AC001E01252</t>
   </si>
   <si>
     <t>AC001E01345</t>
   </si>
   <si>
-    <t>AC001E01411</t>
-[...1 lines deleted...]
-  <si>
     <t>AC006E00007</t>
   </si>
   <si>
     <t>AC006E00008</t>
   </si>
   <si>
     <t>AC001E01344, AC001E01198</t>
   </si>
   <si>
     <t>AC001E01344</t>
   </si>
   <si>
     <t>AC001E01407</t>
   </si>
   <si>
     <t>AC001E01403</t>
   </si>
   <si>
     <t>AC001E01360</t>
   </si>
   <si>
     <t>AC001E01198</t>
   </si>
   <si>
     <t>AC001E01519</t>
   </si>
   <si>
-    <t>AC001E01497, AC001E01503, AC001E01517, AC001E01518, AC001E01519, AC001E01520,</t>
-[...1 lines deleted...]
-  <si>
     <t>Como</t>
   </si>
   <si>
-    <t>AC001E01470</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01540</t>
   </si>
   <si>
-    <t>AC001E01548</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01549</t>
   </si>
   <si>
     <t>AC001E01441</t>
   </si>
   <si>
     <t>AC001E01483</t>
   </si>
   <si>
     <t>AC001E01456</t>
   </si>
   <si>
     <t>AC001E01485</t>
   </si>
   <si>
     <t>AC001E01499 </t>
   </si>
   <si>
     <t>AC001E01489</t>
   </si>
   <si>
     <t>AC001E01499</t>
   </si>
   <si>
     <t>AC001E01447, AC001E01448, AC001E01456, AC001E01483</t>
@@ -1250,254 +1027,161 @@
   <si>
     <t>AC001E01201</t>
   </si>
   <si>
     <t>AC001E01205</t>
   </si>
   <si>
     <t>AC001E01196</t>
   </si>
   <si>
     <t>AC001E01343</t>
   </si>
   <si>
     <t>AC001E01183</t>
   </si>
   <si>
     <t>AC001E01353, AC001E01355</t>
   </si>
   <si>
     <t>AC001E01194</t>
   </si>
   <si>
     <t>AC001E01192, AC001E01236</t>
   </si>
   <si>
-    <t>AC001E01175, AC001E01192</t>
-[...7 lines deleted...]
-  <si>
     <t>Lecco</t>
   </si>
   <si>
     <t>AC001E01543</t>
   </si>
   <si>
     <t>AC001E01493</t>
   </si>
   <si>
     <t>AC001E01484</t>
   </si>
   <si>
     <t>AC001E01472</t>
   </si>
   <si>
     <t>AC001E01490</t>
   </si>
   <si>
     <t>AC001E01500</t>
   </si>
   <si>
     <t>AC001E01541</t>
   </si>
   <si>
     <t>AC001E01479</t>
   </si>
   <si>
-    <t>AC001E01472, AC001E01479, AC001E01482</t>
-[...7 lines deleted...]
-  <si>
     <t>Non noto</t>
   </si>
   <si>
     <t>Lodi</t>
   </si>
   <si>
     <t>AC001E01178</t>
   </si>
   <si>
-    <t>AC001E01200</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01202</t>
   </si>
   <si>
     <t>AC001E01181</t>
   </si>
   <si>
-    <t>AC001E01182, AC001E01202, AC001E01203, AC001E01204</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01500, AC001E01501</t>
   </si>
   <si>
     <t>Mantova</t>
   </si>
   <si>
     <t>AC001E01231</t>
   </si>
   <si>
     <t>AC001E00839</t>
   </si>
   <si>
     <t>AC001E01228</t>
   </si>
   <si>
     <t>AC001E01240</t>
   </si>
   <si>
     <t>AC001E01227</t>
   </si>
   <si>
     <t>AC001E01229</t>
   </si>
   <si>
     <t>AC001E01226</t>
   </si>
   <si>
     <t>AC001E01246</t>
   </si>
   <si>
     <t>AC001E01237</t>
   </si>
   <si>
-    <t>AC001E01239</t>
-[...4 lines deleted...]
-  <si>
     <t>Milano</t>
   </si>
   <si>
-    <t>AC001E01379</t>
-[...4 lines deleted...]
-  <si>
     <t>AC001E01377</t>
   </si>
   <si>
-    <t>AC001E01199</t>
-[...10 lines deleted...]
-  <si>
     <t>AC001E01387</t>
   </si>
   <si>
-    <t>AC001E01350</t>
-[...10 lines deleted...]
-  <si>
     <t>AC001E01177</t>
   </si>
   <si>
-    <t>AC001E01208</t>
-[...7 lines deleted...]
-  <si>
     <t>AC001E01397</t>
   </si>
   <si>
-    <t>AC001E01370, AC001E01380</t>
-[...1 lines deleted...]
-  <si>
     <t>AC012E00011</t>
   </si>
   <si>
-    <t>AC001E01370</t>
-[...13 lines deleted...]
-  <si>
     <t>AC001E01381</t>
   </si>
   <si>
-    <t>AC001E01313</t>
-[...1 lines deleted...]
-  <si>
     <t>Monza e della Brianza</t>
   </si>
   <si>
     <t>AC001E01415</t>
   </si>
   <si>
     <t>AC001E01414</t>
   </si>
   <si>
     <t>AC001E01417</t>
   </si>
   <si>
     <t>AC001E01422</t>
   </si>
   <si>
-    <t>AC001E01467</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01400</t>
   </si>
   <si>
     <t>AC001E01402</t>
   </si>
   <si>
     <t>AC001E01399</t>
   </si>
   <si>
     <t>AC001E01471, AC001E01467</t>
   </si>
   <si>
     <t>AC001E01416</t>
   </si>
   <si>
     <t>AC001E01472, AC001E01415</t>
   </si>
   <si>
     <t>AC001E01465</t>
   </si>
   <si>
     <t>AC001E01388</t>
   </si>
   <si>
     <t>Pavia</t>
@@ -1536,53 +1220,50 @@
     <t>AC001E01550</t>
   </si>
   <si>
     <t>AC001E01524</t>
   </si>
   <si>
     <t>AC001E01523</t>
   </si>
   <si>
     <t>AC001E01521</t>
   </si>
   <si>
     <t>AC001E01546</t>
   </si>
   <si>
     <t>Varese</t>
   </si>
   <si>
     <t>AC001E01453, AC001E01457, AC001E01463</t>
   </si>
   <si>
     <t>AC001E01455</t>
   </si>
   <si>
     <t>AC001E01442</t>
-  </si>
-[...1 lines deleted...]
-    <t>AC001E01445</t>
   </si>
   <si>
     <t>AC001E01420</t>
   </si>
   <si>
     <t>AC001E01401</t>
   </si>
   <si>
     <t>AC001E01443</t>
   </si>
   <si>
     <t>AC001E01453</t>
   </si>
   <si>
     <t>AC001E01432</t>
   </si>
   <si>
     <t>AC001E01339</t>
   </si>
   <si>
     <t>AC001E01463</t>
   </si>
   <si>
     <t>AC001E01528</t>
   </si>
@@ -1718,53 +1399,50 @@
       </rPr>
       <t xml:space="preserve">
 Il Nucleo Operativo CERL non si assume responsabilità per incompletezze, imprecisioni, errori, omissioni rispetto all’integrità dell’informazione e non risponde degli eventuali effetti conseguenti.
 </t>
     </r>
   </si>
   <si>
     <t>VAI AI DATI</t>
   </si>
   <si>
     <t>CER di Pavone Del Mella</t>
   </si>
   <si>
     <t>CER Gardena</t>
   </si>
   <si>
     <t>CER Monticelli Brusati-Ome</t>
   </si>
   <si>
     <t>CER Voltiana</t>
   </si>
   <si>
     <t>CER Naviglio Grande</t>
   </si>
   <si>
-    <t>AC001E01347</t>
-[...1 lines deleted...]
-  <si>
     <t>AC001E01188, AC001E01105</t>
   </si>
   <si>
     <t>CER Monticelli Pavese</t>
   </si>
   <si>
     <t>AC001E01528, AC001E01530</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-luinese/</t>
   </si>
   <si>
     <t>CER Acquafreddese</t>
   </si>
   <si>
     <t>AC001E01250</t>
   </si>
   <si>
     <t>CER Isorella</t>
   </si>
   <si>
     <t>AC001E01248</t>
   </si>
   <si>
     <t>AC001E01257</t>
@@ -1793,2247 +1471,2859 @@
   <si>
     <t>https://www.comune.correzzana.mb.it/novita/avvisi/novita_45.html</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-pavone-mella/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-san-paolo/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-gardena/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-monno/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-monticelli-brusati/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-rudiano-2/</t>
   </si>
   <si>
     <t>https://www.cervallecamonica.it/</t>
   </si>
   <si>
-    <t>https://www.comunitaenergetica-valletrompia.it/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-valbreggia/</t>
   </si>
   <si>
     <t>CER Provincia di Lecco</t>
   </si>
   <si>
     <t>Provincia di Lecco</t>
   </si>
   <si>
     <t>https://www.coopsolare.it/</t>
   </si>
   <si>
     <t>AC001E01226, AC001E01227, AC001E01232, AC001E01238, AC001E01243, AC001E01249</t>
   </si>
   <si>
     <t>CER Villa Cortese ETS</t>
   </si>
   <si>
     <t>Web, Registro ETS</t>
   </si>
   <si>
-    <t>AC001E01348</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.cervillacortese.it/</t>
   </si>
   <si>
     <t>https://www.cerinrete.it/le-nostre-cer/cer-arcore/</t>
   </si>
   <si>
     <t>CER Comune di Menconico</t>
   </si>
   <si>
-    <t>Associazione Comunità Energetica Rinnovabile CER-amica ETS</t>
-[...7 lines deleted...]
-  <si>
     <t>Web, Fondazione CARIPLO</t>
   </si>
   <si>
     <t>AC006E00010</t>
   </si>
   <si>
     <t>CER Puegnago Roè Volciano</t>
   </si>
   <si>
     <t>AC006E00009, AC006E00014</t>
   </si>
   <si>
     <t>https://www.consorzioit.net/comunita-energetiche-rinnovabili-cer</t>
   </si>
   <si>
     <t>Domus Solaris S.r.l. e privati cittadini</t>
   </si>
   <si>
     <t>CER di Roverbella</t>
   </si>
   <si>
     <t>Manifestazione di interesse, Fondazione CARIPLO</t>
   </si>
   <si>
     <t>Comunità Energetica GEM</t>
   </si>
   <si>
+    <t>AC001E01238</t>
+  </si>
+  <si>
+    <t>Visioli Energia Solidale Società Cooperativa ARL - Impresa sociale</t>
+  </si>
+  <si>
+    <t>CER CO.E.SOL. - COmunità Etica e SOLidare</t>
+  </si>
+  <si>
+    <t>www.visiolisolidale.it</t>
+  </si>
+  <si>
+    <t>VOLT - Vimercate per l'Organizzazione Locale della Transizione Energetica</t>
+  </si>
+  <si>
+    <t>AC001E01396</t>
+  </si>
+  <si>
+    <t>Energia Nuova CERS</t>
+  </si>
+  <si>
+    <t>Contatto diretto, Indagine CERL, Fondazione CARIPLO</t>
+  </si>
+  <si>
+    <t>CER Berlinghese</t>
+  </si>
+  <si>
+    <t>CER Fondazione EPC - Energie Provincia Como</t>
+  </si>
+  <si>
+    <t>AC001E01401, AC001E01420, AC001E01447, AC001E01448, AC001E01456, AC001E01461, AC001E01470, AC001E01471, AC001E01475, AC001E01476, AC001E01485, AC001E01486, AC001E01487, AC001E01488, AC001E01489, AC001E01493, AC001E01498, AC001E01529, AC001E01540, AC001E01548</t>
+  </si>
+  <si>
+    <t>Malpensa Insubria CER - Comunità Energetica Rinnovabile ETS</t>
+  </si>
+  <si>
+    <t>Comune di Casazza.</t>
+  </si>
+  <si>
+    <t>Comune di Calcinate.</t>
+  </si>
+  <si>
+    <t>Comune di Canonica d'Adda.</t>
+  </si>
+  <si>
+    <t>Comune di Capriate San Gervasio.</t>
+  </si>
+  <si>
+    <t>Comune di Casnigo.</t>
+  </si>
+  <si>
+    <t>Comune di Castel Rozzone.</t>
+  </si>
+  <si>
+    <t>Comune di Colzate.</t>
+  </si>
+  <si>
+    <t>Comune di Corna Imagna.</t>
+  </si>
+  <si>
+    <t>Comune di Fara Gera d'Adda, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Fontanella.</t>
+  </si>
+  <si>
+    <t>Comune di Lovere, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Oneta.</t>
+  </si>
+  <si>
+    <t>Comune di Palosco.</t>
+  </si>
+  <si>
+    <t>Comune di Parre, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Ranica.</t>
+  </si>
+  <si>
+    <t>Comune di San Paolo d'Argon.</t>
+  </si>
+  <si>
+    <t>Comune di Scanzorosciate.</t>
+  </si>
+  <si>
+    <t>Comune di Spirano.</t>
+  </si>
+  <si>
+    <t>Comune di Torre Boldone.</t>
+  </si>
+  <si>
+    <t>Comune di Verdellino.</t>
+  </si>
+  <si>
+    <t>Comune di Villa d'Ogna.</t>
+  </si>
+  <si>
+    <t>Comune di Bottanuco, Comune di Filago, Comune di Madone.</t>
+  </si>
+  <si>
+    <t>Comune di Bagnatica.</t>
+  </si>
+  <si>
+    <t>Comune di Costa Volpino.</t>
+  </si>
+  <si>
+    <t>Comune di Dalmine.</t>
+  </si>
+  <si>
+    <t>Comune di Medolago.</t>
+  </si>
+  <si>
+    <t>Comune di Rota d'Imagna.</t>
+  </si>
+  <si>
+    <t>Comune di Ciserano.</t>
+  </si>
+  <si>
+    <t>Comune di Albano Sant'Alessandro.</t>
+  </si>
+  <si>
+    <t>Comune di Bariano.</t>
+  </si>
+  <si>
+    <t>Comune di Curno.</t>
+  </si>
+  <si>
+    <t>Comune di Caravaggio, Comune di Fornovo San Giovanni, Parrocchia di Caravaggio, Parrocchia di Masano, Parrocchia di Fornovo San Giovanni, Parrocchia di Vailate, Fondazione "Don Pidrì e Don Pierino" in Caravaggio, Fondazione Asilo infantile "Don Arturo Bietti" in Fornovo San Giovanni.</t>
+  </si>
+  <si>
+    <t>Comune di Gorlago.</t>
+  </si>
+  <si>
+    <t>Comune di Lurano.</t>
+  </si>
+  <si>
+    <t>Comune di Acquafredda.</t>
+  </si>
+  <si>
+    <t>Comune di Berlingo, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Calvisano, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Castel Mella, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Corte Franca, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Darfo Boario Terme.</t>
+  </si>
+  <si>
+    <t>Comune di Montichiari.</t>
+  </si>
+  <si>
+    <t>Comune di Odolo.</t>
+  </si>
+  <si>
+    <t>Comune di Orzivecchi, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Rovato.</t>
+  </si>
+  <si>
+    <t>Comunità Montana del Sebino Bresciano, Comune di Iseo, Comune di Marone, Comune di Polaveno, Comune di Sale Marasino, Comune di Sulzano.</t>
+  </si>
+  <si>
+    <t>Comune di Casto.</t>
+  </si>
+  <si>
+    <t>https://www.cmsebino.bs.it/scheda-ist/comunita-energetica-rinnovabile</t>
+  </si>
+  <si>
+    <t>Comune di Edolo.</t>
+  </si>
+  <si>
+    <t>Comune di Gavardo.</t>
+  </si>
+  <si>
+    <t>Comune di Pavone del Mella, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Paitone, Comune di Nuvolento, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Monno, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Monticelli Brusati, Comune di Ome, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Pozzolengo, Fondazione Scuola dell’Infanzia Maria Biolchi</t>
+  </si>
+  <si>
+    <t>Comune di Puegnago del Garda, Comune di Roè Volciano.</t>
+  </si>
+  <si>
+    <t>Comune di Roncadelle.</t>
+  </si>
+  <si>
+    <t>Comune di Rudiano, Comune di Pumenengo, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Gargnano, Comune di Tignale, Comune di Tremosine sul Garda.</t>
+  </si>
+  <si>
+    <t>Comunità Montana di Valle Camonica, Comune di Angolo Terme, Comune di Artogne, Comune di Berzo Demo, Comune di Berzo Inferiore, Comune di Borno, Comune di Braone, Comune di Breno, Comune di Cedegolo, Comune di Cevo, Comune di Cividate Camuno, Comune di Corteno Golgi, Comune di Gianico, Comune di Lozio, Comune di Malonno, Comune di Niardo, Comune di Paisco Loveno, Comune di Paspardo, Comune di Pian Camuno, Comune di Piancogno, Comune di Pisogne, Comune di Saviore dell'Adamello, Comune di Sellero, Comune di Sonico.</t>
+  </si>
+  <si>
+    <t>Comune di Vezza d'Oglio, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Idro.</t>
+  </si>
+  <si>
+    <t>Comune di Tremezzina.</t>
+  </si>
+  <si>
+    <t>Comune di Barni.</t>
+  </si>
+  <si>
+    <t>Comune di Erba.</t>
+  </si>
+  <si>
+    <t>Comune di Magreglio.</t>
+  </si>
+  <si>
+    <t>Comune di Maslianico, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Brunate, Comune di Faggeto Lario, Comune di Pognana Lario, CER in rete</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comune di Bagnolo Cremasco, Comune di Capergnanica, Comune di Casaletto Ceredano, Comune di Chieve, Comune di Credera Rubbiano, Comune di Ripalta Cremasca, Comune di Madignano, Comune di Moscazzano, Consorzio.it, Parrocchia di Credera </t>
+  </si>
+  <si>
+    <t>Comune di Izano, Consorzio.it</t>
+  </si>
+  <si>
+    <t>Comune di Sesto ed Uniti.</t>
+  </si>
+  <si>
+    <t>Comune di Campagnola Cremasca, Comune di Crema, Comune di Cremosano, Consorzio.it, Diocesi di Crema</t>
+  </si>
+  <si>
+    <t>Comune di Castelleone, Comune di Gombito, Comune di Montodine, Comune di Ripalta Arpina, Comune di Ripalta Guerina, Comune di Trigolo, Consorzio.it, Parrocchia di Montodine, Parrocchia di Castelleone, Parrocchia di Trigolo</t>
+  </si>
+  <si>
+    <t>Comune di Crespiatica, Comune di Dovera, Comune di Monte Cremasco, Comune di Spino d'Adda, Comune di Vaiano Cremasco, Consorzio.it, Parrocchia di Vaiano Cremasco, Parrocchia di Dovera</t>
+  </si>
+  <si>
+    <t>Comune di Cumignano sul Naviglio, Comune di Fiesco, Comune di Genivolta, Comune di Offanengo, Comune di Romanengo, Comune di Salvirola, Comune di Soncino, Comune di Ticengo, Consorzio.it, Parrocchia di Offanengo, Parrocchia di Fiesco</t>
+  </si>
+  <si>
+    <t>Comune di Camisano, Comune di Capralba, Comune di Castel Gabbiano, Comune di Casaletto di Sopra, Comune di Pianengo, Comune di Ricengo, Comune di Sergnano, Comune di Vailate, Comune di Misano di Gera d'Adda, Consorzio.it, Parrocchia di Capralba</t>
+  </si>
+  <si>
+    <t>Comune di Annicco, Comune di Casalmorano, Comune di Formigara, Comune di Pizzighettone, Consorzio.it</t>
+  </si>
+  <si>
+    <t>Comune di Sospiro, Comune di Vescovato, Comune di Pieve San Giacomo, Comune di Bonemerse, Comune di Malagnino, Comune di Grontardo, Parrocchia di Sospiro, Parrocchia di Vescovato, Parrocchia di Pescarolo, Parrocchia di Pieve San Giacomo, Parrocchia di Malagnino, Fondazione Istituto Ospedaliero di Sospiro, Fondazione Esilda e Francesco Soldi in Vescovato, Fondazione Elisabetta Germani in Cingia de’ Botti, COSPER Impresa Sociale in Pieve San Giacomo</t>
+  </si>
+  <si>
+    <t>Comune di Soresina, Comune di San Bassano, Parrocchia di Soresina, Parrocchia di San Bassano, Fondazione Benefattori Soresinesi onlus di Soresina, Fondazione Istituto Carlo Vismara – Giovanni De Petri onlus di San Bassano</t>
+  </si>
+  <si>
+    <t>Comune di Casargo.</t>
+  </si>
+  <si>
+    <t>Comune di Cernusco Lombardone.</t>
+  </si>
+  <si>
+    <t>Comune di Colle Brianza.</t>
+  </si>
+  <si>
+    <t>Comune di Dervio.</t>
+  </si>
+  <si>
+    <t>Comune di Ello.</t>
+  </si>
+  <si>
+    <t>Comune di Garbagnate Monastero.</t>
+  </si>
+  <si>
+    <t>Comune di Malgrate.</t>
+  </si>
+  <si>
+    <t>Comune di Molteno.</t>
+  </si>
+  <si>
+    <t>Comune di Pasturo.</t>
+  </si>
+  <si>
+    <t>Comune di Primaluna.</t>
+  </si>
+  <si>
+    <t>Comune di Sueglio.</t>
+  </si>
+  <si>
+    <t>Comune di Varenna.</t>
+  </si>
+  <si>
+    <t>CER delle Valli</t>
+  </si>
+  <si>
+    <t>Comune di Valvarrone.</t>
+  </si>
+  <si>
+    <t>CER.OLG</t>
+  </si>
+  <si>
+    <t>Comune di Olginate, Comune di Valgreghentino.</t>
+  </si>
+  <si>
+    <t>CERS Lecco ETS</t>
+  </si>
+  <si>
+    <t>Comune di Vercurago, socio fondatore assieme a Automobile Club Sassari e altri 12 comuni italiani fuori dalla Lombardia</t>
+  </si>
+  <si>
+    <t>https://olginate.comunitaenergeticarinnovabile.it/</t>
+  </si>
+  <si>
+    <t>Comune di Casalpusterlengo.</t>
+  </si>
+  <si>
+    <t>Comune di Casalmaiocco.</t>
+  </si>
+  <si>
+    <t>Comune di Codogno.</t>
+  </si>
+  <si>
+    <t>Comune di Bertonico.</t>
+  </si>
+  <si>
+    <t>Comune di Turano Lodigiano.</t>
+  </si>
+  <si>
+    <t>Comune di Borgo Mantovano.</t>
+  </si>
+  <si>
+    <t>Comune di Borgocarbonara.</t>
+  </si>
+  <si>
+    <t>Comune di Magnacavallo.</t>
+  </si>
+  <si>
+    <t>Comune di Marmirolo.</t>
+  </si>
+  <si>
+    <t>Comune di Moglia.</t>
+  </si>
+  <si>
+    <t>Comune di Ostiglia.</t>
+  </si>
+  <si>
+    <t>Comune di Pegognaga.</t>
+  </si>
+  <si>
+    <t>Comune di Poggio Rusco.</t>
+  </si>
+  <si>
+    <t>Comune di Quistello.</t>
+  </si>
+  <si>
+    <t>Comune di San Giovanni del Dosso.</t>
+  </si>
+  <si>
+    <t>Comune di Sermide e Felonica.</t>
+  </si>
+  <si>
+    <t>Comune di Serravalle a Po.</t>
+  </si>
+  <si>
+    <t>Comune di Suzzara.</t>
+  </si>
+  <si>
+    <t>Comune di Goito.</t>
+  </si>
+  <si>
+    <t>Comune di Rodigo.</t>
+  </si>
+  <si>
+    <t>Comune di Roverbella.</t>
+  </si>
+  <si>
+    <t>Calzificio Toninelli S.r.l., TESI Informatica S.r.l., Salumificio Predaroli Bonandi S.n.c.</t>
+  </si>
+  <si>
+    <t>Confagricoltura Mantova.</t>
+  </si>
+  <si>
+    <t>Comune di Viadana, Comune di Casalmaggiore, Comune di Commessaggio, Comune di Pomponesco, Parrocchia di Viadana Santa Maria Assunta in Castello, Parrocchia di Viadana San Pietro Apostolo, Parrocchia di Cicognara, Parrocchia di Casalmaggiore Santo Stefano protomartire, Parrocchia di Casalmaggiore San Leonardo di Noblac, Parrocchia di Commessaggio, Parrocchia di Pomponesco, Fondazione Grassi in Viadana, Fondazione Carlo Busi in Casalmaggiore, Fondazione Mazzucchini in Pomponesco, Cooperativa Palm Work &amp; Project in Viadana, Scuola Materna Sant’Albino in Commessaggio.</t>
+  </si>
+  <si>
+    <t>Comune di Canegrate.</t>
+  </si>
+  <si>
+    <t>Comunità del Castellazzo, Cooperativa Sociale Di Mano in Mano, Privati</t>
+  </si>
+  <si>
+    <t>Comune di Cologno Monzese.</t>
+  </si>
+  <si>
+    <t>Comune di Basiglio.</t>
+  </si>
+  <si>
+    <t>Comune di Bussero.</t>
+  </si>
+  <si>
+    <t>Comune di Busto Garolfo.</t>
+  </si>
+  <si>
+    <t>Comune di Cambiago.</t>
+  </si>
+  <si>
+    <t>Comune di Cesano Boscone.</t>
+  </si>
+  <si>
+    <t>Comune di Nerviano.</t>
+  </si>
+  <si>
+    <t>Comune di San Colombano al Lambro.</t>
+  </si>
+  <si>
+    <t>Comune di Vignate.</t>
+  </si>
+  <si>
+    <t>Comune di Zibido San Giacomo.</t>
+  </si>
+  <si>
+    <t>Comune di Corbetta.</t>
+  </si>
+  <si>
+    <t>Comune di Trezzo Sull'Adda.</t>
+  </si>
+  <si>
+    <t>Comune di Pregnana Milanese, Comune di Vanzago.</t>
+  </si>
+  <si>
+    <t>Condominio Edificio16</t>
+  </si>
+  <si>
+    <t>Gruppo CAP, Comune di Buccinasco, Comune di Trezzano sul Naviglio.</t>
+  </si>
+  <si>
+    <t>Comune di Parabiago.</t>
+  </si>
+  <si>
+    <t>Comune di Rho.</t>
+  </si>
+  <si>
+    <t>Comune di San Giuliano Milanese.</t>
+  </si>
+  <si>
+    <t>Pro Loco Villa Cortese APS, Scuola dell’Infanzia “Speroni – Vignati”, Comune di Villa Cortese, Sport Service sas di Artusa Nicola &amp; C., Falegnameria di Gazzardi Diego e C snc</t>
+  </si>
+  <si>
+    <t>Comune di Milano, Politecnico di Milano</t>
+  </si>
+  <si>
+    <t>Comune di Cernusco sul Naviglio.</t>
+  </si>
+  <si>
+    <t>Comune di Arese.</t>
+  </si>
+  <si>
+    <t>Comune di Settimo Milanese.</t>
+  </si>
+  <si>
+    <t>Fondazione Banco dell'Energia</t>
+  </si>
+  <si>
+    <t>Caritas Ambrosiana</t>
+  </si>
+  <si>
+    <t>Comune di Vaprio d'Adda.</t>
+  </si>
+  <si>
+    <t>Azienda Speciale Servizi Agrate Brianza, Comune di Agrate Brianza.</t>
+  </si>
+  <si>
+    <t>Comune di Arcore, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Albiate, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Barlassina.</t>
+  </si>
+  <si>
+    <t>Comune di Besana in Brianza.</t>
+  </si>
+  <si>
+    <t>Comune di Bovisio-Masciago.</t>
+  </si>
+  <si>
+    <t>Comune di Cavenago di Brianza.</t>
+  </si>
+  <si>
+    <t>Comune di Cesano Maderno.</t>
+  </si>
+  <si>
+    <t>Comune di Lentate sul Seveso.</t>
+  </si>
+  <si>
+    <t>Comune di Meda.</t>
+  </si>
+  <si>
+    <t>Comune di Seveso.</t>
+  </si>
+  <si>
+    <t>Comune di Sovico.</t>
+  </si>
+  <si>
+    <t>Comune di Varedo.</t>
+  </si>
+  <si>
+    <t>Comune di Carate Brianza.</t>
+  </si>
+  <si>
+    <t>Comune di Correzzana.</t>
+  </si>
+  <si>
+    <t>Comune di Desio.</t>
+  </si>
+  <si>
+    <t>Comune di Misinto.</t>
+  </si>
+  <si>
+    <t>Comune di Ronco Briantino.</t>
+  </si>
+  <si>
+    <t>Comune di Mezzago.</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Amendola Monza</t>
+  </si>
+  <si>
+    <t>Soggetti privati</t>
+  </si>
+  <si>
+    <t>Comune di Monza.</t>
+  </si>
+  <si>
+    <t>Comune di Vimercate.</t>
+  </si>
+  <si>
+    <t>Collarini Business s.r.l., Comune di Colli Verdi.</t>
+  </si>
+  <si>
+    <t>Comune di Cassolnovo.</t>
+  </si>
+  <si>
+    <t>Comune di Gravellona Lomellina.</t>
+  </si>
+  <si>
+    <t>Comune di Inverno e Monteleone, ANPCI</t>
+  </si>
+  <si>
+    <t>https://www.cer-amendola.it/</t>
+  </si>
+  <si>
+    <t>Comune di Menconico.</t>
+  </si>
+  <si>
+    <t>Comune di Montesegale.</t>
+  </si>
+  <si>
+    <t>Comune di Valle Lomellina, ANPCI</t>
+  </si>
+  <si>
+    <t>Comune di Voghera.</t>
+  </si>
+  <si>
+    <t>Comune di Suardi.</t>
+  </si>
+  <si>
+    <t>Comune di Pinarolo Po.</t>
+  </si>
+  <si>
+    <t>Comune di Torre d'Isola.</t>
+  </si>
+  <si>
+    <t>MET Energia Italia</t>
+  </si>
+  <si>
+    <t>Comune di Vigevano.</t>
+  </si>
+  <si>
+    <t>Comune di San Giacomo Filippo.</t>
+  </si>
+  <si>
+    <t>Comune di Valdidentro.</t>
+  </si>
+  <si>
+    <t>Comune di Valdisotto.</t>
+  </si>
+  <si>
+    <t>Comune di Sondrio, Comunità Montana Valtellina di Sondrio, Comune di Albosaggia, Comune di Aprica, Comune di Berbenno di Valtellina, Comune di Bianzone, Comune di Caiolo, Comune di Caspoggio, Comune di Castello dell'Acqua, Comune di Castione Andevenno, Comune di Cedrasco, Comune di Chiesa in Valmalenco, Comune di Chiuro, Comune di Colorina, Comune di Faedo Valtellino, Comune di Fusine, Comune di Grosio, Comune di Lanzada, Comune di Montagna in Valtellina, Comune di Piateda, Comune di Poggiridenti, Comune di Ponte in Valtellina, Comune di Postalesio, Comune di Teglio, Comune di Torre di Santa Maria, Comune di Tresivio, Comune di Villa di Tirano.</t>
+  </si>
+  <si>
+    <t>TCVVV S.p.A.</t>
+  </si>
+  <si>
+    <t>Cittadini.</t>
+  </si>
+  <si>
+    <t>AC001E01521, AC001E01544, AC001E01545, AC001E01546, AC001E01605</t>
+  </si>
+  <si>
+    <t>Comune di Cantello.</t>
+  </si>
+  <si>
+    <t>Comune di Albizzate.</t>
+  </si>
+  <si>
+    <t>Comune di Cislago.</t>
+  </si>
+  <si>
+    <t>Comune di Saronno.</t>
+  </si>
+  <si>
+    <t>Il Melo Onlus Soc. Coop. Sociale</t>
+  </si>
+  <si>
+    <t>Associazione co-Energia, Comune di Castello Cabiaglio.</t>
+  </si>
+  <si>
+    <t>Comune di Azzone, Comune di Colere, Comune di Schilpario, Comune di Vilminore di Scalve, imprese private.</t>
+  </si>
+  <si>
+    <t>CER Gambarese</t>
+  </si>
+  <si>
+    <t>Comune di Gambara, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Lonato del Garda.</t>
+  </si>
+  <si>
+    <t>Comune di Mazzano, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Palazzolo Sull'Oglio</t>
+  </si>
+  <si>
+    <t>Comune di Palazzolo sull'Oglio, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01368, AC001E01369</t>
+  </si>
+  <si>
+    <t>https://rovato.comunitaenergeticarinnovabile.it/</t>
+  </si>
+  <si>
+    <t>Comune di Isola Dovarese, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Castelverde, Comune di Casalbuttano ed Uniti, Comune di Corte de' Frati, Comune di Olmeneta, Comune di Paderno Ponchielli, Comune di Persico Dosimo, Comune di Pontevico, Comune di Pozzaglio ed Uniti, Parrocchia di Castelverde, Parrocchia di Casalbuttano, Parrocchia di Paderno Ponchielli, Parrocchia di Corte de’ Frati, Fondazione Opera Pia SS Redentore in Castelverde, Cooperativa Nazareth in Persico Dosimo</t>
+  </si>
+  <si>
+    <t>CER "Alessandro Volta"</t>
+  </si>
+  <si>
+    <t>Confindustria Lecco e Sondrio, Confindustria Como, Consorzio Energia Lombardia Nord</t>
+  </si>
+  <si>
+    <t>CER Viganò</t>
+  </si>
+  <si>
+    <t>Comune di Viganò, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Miradolo Terme, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Mairano - Azzano Mella</t>
+  </si>
+  <si>
+    <t>Comune di Mairano, Comune di Azzano Mella, CER in rete</t>
+  </si>
+  <si>
+    <t>CERcoop Società Cooperativa Impresa Sociale</t>
+  </si>
+  <si>
+    <t>Confcooperative Milano e dei Navigli</t>
+  </si>
+  <si>
+    <t>Comune di Travedona-Monate, Comune di Angera, Comune di Comabbio, Comune di Ranco, Comune di Taino, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01472, AC001E01479</t>
+  </si>
+  <si>
+    <t>CER Martesana</t>
+  </si>
+  <si>
+    <t>https://cermartesana.it/</t>
+  </si>
+  <si>
+    <t>Comune di Pralboino, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-pralboino/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-gambara/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-logratese/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-mazzano/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AC001E01407, AC001E01426 </t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-palazzolo-sulloglio/</t>
+  </si>
+  <si>
+    <t>CER di Cappella Cantone</t>
+  </si>
+  <si>
+    <t>Comune di Cappella Cantone, CER in rete</t>
+  </si>
+  <si>
+    <t>AC008E00001, AC008E00002</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-cappella-cantone/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-ville-doglio-2/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-vigano/</t>
+  </si>
+  <si>
+    <t>CER Miradolo Terme</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-miradolo-terme/</t>
+  </si>
+  <si>
+    <t>CER vista lago</t>
+  </si>
+  <si>
+    <t>Comune di Barasso, Comune di Casciago, Comune di Cocquio-Trevisago, Comune di Comerio, Comune di Gavirate, Comune di Luvinate.</t>
+  </si>
+  <si>
+    <t>AC001E01457</t>
+  </si>
+  <si>
+    <t>Contatto diretto, Manifestazione di interesse, Web</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-berlingo/</t>
+  </si>
+  <si>
+    <t>Fondazione Samuele Margheriti ETS, Comune di Casale Cremasco-Vidolasco.</t>
+  </si>
+  <si>
+    <t>AC001E01353</t>
+  </si>
+  <si>
+    <t>Comune di San Martino in Strada.</t>
+  </si>
+  <si>
+    <t>CER mettiamo insieme la nostra energia APS</t>
+  </si>
+  <si>
+    <t>CER Cogliate</t>
+  </si>
+  <si>
+    <t>Comune di Cogliate, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-cogliate/</t>
+  </si>
+  <si>
+    <t>CER Alto Garda Bresciano</t>
+  </si>
+  <si>
+    <t>Comune di Limone sul Garda, Comune di Magasa, Comune di Valvestino, Garda Uno</t>
+  </si>
+  <si>
+    <t>CER Pralboino</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comune di Agnadello, Comune di Casaletto Vaprio, Comune di Palazzo Pignano, Comune di Pandino, Comune di Pieranica, Comune di Quintano, Comune di Rivolta d'Adda, Comune di Torlino Vimercati, Comune di Trescore Cremasco e Parrocchia di Pieranica, Consorzio.it </t>
+  </si>
+  <si>
+    <t>Comunità energetica SUN-FAI Società cooperativa</t>
+  </si>
+  <si>
+    <t>Fondazione Flander Italia ETS</t>
+  </si>
+  <si>
+    <t>Web, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>CER EnergyOne</t>
+  </si>
+  <si>
+    <t>EnergyOne s.r.l.</t>
+  </si>
+  <si>
+    <t>CER MVR Community</t>
+  </si>
+  <si>
+    <t>Il Poggio - Associazione CER</t>
+  </si>
+  <si>
+    <t>Fondazione Samuele Margheriti ETS (CER Casale CR)</t>
+  </si>
+  <si>
+    <t>Associazione Monticello Green Hill</t>
+  </si>
+  <si>
+    <t>Indagine CERL, Registro ETS, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>CER RinnoCER</t>
+  </si>
+  <si>
+    <t>Web, Manifestazione di interesse, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Part-Energy Soc. Coop. Benefit arl</t>
+  </si>
+  <si>
+    <t>PerCERto SCPA</t>
+  </si>
+  <si>
+    <t>Consiglio Nazionale dei Periti Industriali</t>
+  </si>
+  <si>
+    <t>CER Sempreverde Associazione no profit</t>
+  </si>
+  <si>
+    <t>AMA Energia Zero APS</t>
+  </si>
+  <si>
+    <t>Associazione di promozione sociale AMA Energia zero</t>
+  </si>
+  <si>
+    <t>Web, Registro ETS, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>GSE - Mappa cabine primarie, Registro ETS</t>
+  </si>
+  <si>
+    <t>ENPAL, Comune di Carbonara al Ticino, Comune di Tromello.</t>
+  </si>
+  <si>
+    <t>Genethic Società Benefit Cooperativa per Azioni</t>
+  </si>
+  <si>
+    <t>Renergica Società Cooperativa Impresa sociale ETS a.r.l.</t>
+  </si>
+  <si>
+    <t>My Community CER Soc. Coop.</t>
+  </si>
+  <si>
+    <t>MyEnergy</t>
+  </si>
+  <si>
+    <t>CER Poggi Ridenti</t>
+  </si>
+  <si>
+    <t>Web, Contatto diretto, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>CER C2M</t>
+  </si>
+  <si>
+    <t>Comune di Cassano Magnago, Cassano Magnago Servizi S.p.A.</t>
+  </si>
+  <si>
+    <t>AC001E01252, AC001E01255</t>
+  </si>
+  <si>
+    <t>AC001E01242</t>
+  </si>
+  <si>
+    <t>AC012E00019</t>
+  </si>
+  <si>
+    <t>AC001E01435</t>
+  </si>
+  <si>
+    <t>https://www.energyonesrl.it/comunita-energetiche-rinnovabili/</t>
+  </si>
+  <si>
+    <t>https://comunitaenergetica.eu/</t>
+  </si>
+  <si>
+    <t>https://percerto.it/</t>
+  </si>
+  <si>
+    <t>https://www.sempreverde.energy/</t>
+  </si>
+  <si>
+    <t>https://www.amaenergiazero.it/comunit%C3%A0-energetica-rinnovabile</t>
+  </si>
+  <si>
+    <t>https://eycocer.it/</t>
+  </si>
+  <si>
+    <t>https://www.enpal.it/cer</t>
+  </si>
+  <si>
+    <t>https://genethic.it/</t>
+  </si>
+  <si>
+    <t>https://www.renergica.it/</t>
+  </si>
+  <si>
+    <t>https://www.myenergy.it/mycommunity/</t>
+  </si>
+  <si>
+    <t>https://www.cms-spa.it/cer</t>
+  </si>
+  <si>
+    <t>https://malpensainsubriacer.com/</t>
+  </si>
+  <si>
+    <t>Comune di Adro, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-adrense/</t>
+  </si>
+  <si>
+    <t>Comune di Montirone, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Leno</t>
+  </si>
+  <si>
+    <t>Comune di Leno, ASD Bassa Bresciana Leno, SSDRL Real Leno Calcio, Hand Ball Leno</t>
+  </si>
+  <si>
+    <t>CER Ponte - Temù - Vione</t>
+  </si>
+  <si>
+    <t>Comune di Ponte di Legno, Comune di Temù, Comune di Vione.</t>
+  </si>
+  <si>
+    <t>CER Salò</t>
+  </si>
+  <si>
+    <t>Comune di Salò, Fondazione Città di Salò.</t>
+  </si>
+  <si>
+    <t>AC001E0195, AC001E01253, AC001E01345, AC001E01251</t>
+  </si>
+  <si>
+    <t>AC006E00014</t>
+  </si>
+  <si>
+    <t>https://www.comune.ponte-di-legno.bs.it/notizia/cer-ponte-temu-vione</t>
+  </si>
+  <si>
+    <t>https://cerprovinciacomo.it/</t>
+  </si>
+  <si>
+    <t>https://cer5vette.odoo.com/</t>
+  </si>
+  <si>
+    <t>CER "Energia in Comune" (Cazzago San Martino)</t>
+  </si>
+  <si>
+    <t>CER Adrense</t>
+  </si>
+  <si>
+    <t>Comune di Barbariga, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-barbariga/</t>
+  </si>
+  <si>
+    <t>CER Bovezzo</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-bovezzo/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-montirone/</t>
+  </si>
+  <si>
+    <t>Comune di Corzano, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-corzano/</t>
+  </si>
+  <si>
+    <t>https://www.comune.isorella.bs.it/novita/avvisi/novita_609.html</t>
+  </si>
+  <si>
+    <t>https://www.comune.leno.bs.it/it/news/assemblea-pubblica-cer-comunita-energetica-locale-1806533</t>
+  </si>
+  <si>
+    <t>CER Remedello</t>
+  </si>
+  <si>
+    <t>Comune di Remedello, Associazione Gruppo Alpini Remedello, GardaUno</t>
+  </si>
+  <si>
+    <t>https://www.halleyweb.com/c017160/zf/index.php/servizi-aggiuntivi/index/index/idtesto/20121</t>
+  </si>
+  <si>
+    <t>https://www.comune.salo.bs.it/area_letturaEntiFond/508/pagsistema.html</t>
+  </si>
+  <si>
+    <t>CER San Paolo</t>
+  </si>
+  <si>
+    <t>Comune di Calvagese della Riviera, Comune di Moniga del Garda, Comune di Padenghe sul Garda, Comune di Soiano del Lago, Gardauno</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Rinnovabile della Città di Rovato e della Franciacorta</t>
+  </si>
+  <si>
+    <t>CER "Energia in Comune" (Piubega)</t>
+  </si>
+  <si>
+    <t>Comune di Piubega, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Castiglione Delle Stiviere</t>
+  </si>
+  <si>
+    <t>Comune di Castiglione delle Stiviere, Fondazione Innocenta Zanetti e Angelo Cominelli ONLUS, INDECAST Srl, GardaUno</t>
+  </si>
+  <si>
+    <t>AC001E01255</t>
+  </si>
+  <si>
+    <t>https://www.cerslodigiana.it/</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/energia-in-comune-piubega/</t>
+  </si>
+  <si>
+    <t>https://www.comune.castiglione.mn.it/it/page/c-e-r-comunita-energetiche-rinnovabili</t>
+  </si>
+  <si>
+    <t>Ceresara CER</t>
+  </si>
+  <si>
+    <t>AC001E01249</t>
+  </si>
+  <si>
+    <t>Comune di Aicurzio, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-aicurzio/</t>
+  </si>
+  <si>
+    <t>CER Ternate</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-ternate/</t>
+  </si>
+  <si>
+    <t>Comune di Cerete, Comune di Fino del Monte, Comune di Onore, Comune di Songavazzo.</t>
+  </si>
+  <si>
+    <t>CER Desenzano Del Garda</t>
+  </si>
+  <si>
+    <t>Comune di Desenzano del Garda, Fondazione Famiglie Disabili Intellettivi e Relazionali ANFFAS - Onlus, GardaUno</t>
+  </si>
+  <si>
+    <t>https://www.comune.desenzano.brescia.it/Novita/Avvisi/CER-comunita-energetiche-rinnovabili-Energia-condivisa-per-il-territorio</t>
+  </si>
+  <si>
+    <t>Fondazione LarioCER ETS</t>
+  </si>
+  <si>
+    <t>Lariofiere, Téchne Srl, Integra Srl, Consorzio Agrario Lombardo, Associazione NoiVoiLoro, Cooperativa Sociale Tetto Fraterno</t>
+  </si>
+  <si>
+    <t>Contatto diretto, Web</t>
+  </si>
+  <si>
+    <t>E-mail</t>
+  </si>
+  <si>
+    <t>Link</t>
+  </si>
+  <si>
+    <t>info@sun-fai.org</t>
+  </si>
+  <si>
+    <t>info@cersolidaliets.it</t>
+  </si>
+  <si>
+    <t>https://www.fondazioneflandercer.it/</t>
+  </si>
+  <si>
+    <t>info@fondazionesinergia.it</t>
+  </si>
+  <si>
+    <t>adro@cerinrete.it</t>
+  </si>
+  <si>
+    <t>barbariga@cerinrete.it</t>
+  </si>
+  <si>
+    <t>berlingo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>bovezzo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://borgosatollo.comunitaenergeticarinnovabile.it/</t>
+  </si>
+  <si>
+    <t>cer@cmsebino.bs.it</t>
+  </si>
+  <si>
+    <t>corzano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>CER del Comune di Coccaglio</t>
+  </si>
+  <si>
+    <t>Comune di Coccaglio, CER in rete.</t>
+  </si>
+  <si>
+    <t>coccaglio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-coccaglio/</t>
+  </si>
+  <si>
+    <t>infocer@comune.desenzano.brescia.it</t>
+  </si>
+  <si>
+    <t>CER di Gussago</t>
+  </si>
+  <si>
+    <t>gussago@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-gussago/</t>
+  </si>
+  <si>
+    <t>pavone_del_mella@cerinrete.it</t>
+  </si>
+  <si>
+    <t>info@energyonesrl.it</t>
+  </si>
+  <si>
+    <t>gambara@cerinrete.it</t>
+  </si>
+  <si>
+    <t>cer_gardena@cerinrete.it</t>
+  </si>
+  <si>
+    <t>sindaco@comune.isorella.bs.it</t>
+  </si>
+  <si>
+    <t>infocer@comune.leno.bs.it</t>
+  </si>
+  <si>
+    <t>lograto@cerinrete.it</t>
+  </si>
+  <si>
+    <t>mazzano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>CER Montirone</t>
+  </si>
+  <si>
+    <t>CER Provaglio D'Iseo</t>
+  </si>
+  <si>
+    <t>Comune di Provaglio d'Iseo, Scuola Materna "La Vittoria", Scuola Materna "Giovanni Paolo II"</t>
+  </si>
+  <si>
+    <t>AC001E01406, AC001E01407, AC001E01426</t>
+  </si>
+  <si>
+    <t>monno@cerinrete.it</t>
+  </si>
+  <si>
+    <t>monticelli_brusati@cerinrete.it</t>
+  </si>
+  <si>
+    <t>montirone@cerinrete.it</t>
+  </si>
+  <si>
+    <t>palazzolo_sull_oglio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>protocollo@pec.ponte-di-legno.bs.it</t>
+  </si>
+  <si>
+    <t>pralboino@cerinrete.it</t>
+  </si>
+  <si>
+    <t>infocer@gardauno.it</t>
+  </si>
+  <si>
+    <t>rudiano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>san_paolo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>ambiente@comune.padenghe.brescia.it</t>
+  </si>
+  <si>
+    <t>Comune di Locate Varesino</t>
+  </si>
+  <si>
+    <t>CER Vill'Albese</t>
+  </si>
+  <si>
+    <t>Comune di Albese con Cassano, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01486</t>
+  </si>
+  <si>
+    <t>segreteria@cerprovinciacomo.it</t>
+  </si>
+  <si>
+    <t>maslianico@cerinrete.it</t>
+  </si>
+  <si>
+    <t>vill_albese@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-villalbese/</t>
+  </si>
+  <si>
+    <t>voltiana@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-voltiana/</t>
+  </si>
+  <si>
+    <t>cer@consorzioit.net</t>
+  </si>
+  <si>
+    <t>cappella_cantone@cerinrete.it</t>
+  </si>
+  <si>
+    <t>ville_oglio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>adesioni@enercer.net</t>
+  </si>
+  <si>
+    <t>https://enercer.net/</t>
+  </si>
+  <si>
+    <t>https://www.comune.casalecremascovidolasco.cr.it/it/news/1859498</t>
+  </si>
+  <si>
+    <t>GSE - Mappa cabine primarie, Contatto diretto, Web</t>
+  </si>
+  <si>
+    <t>AC001E01501, AC001E01541</t>
+  </si>
+  <si>
+    <t>https://comunitaenergeticamysolaris.it/</t>
+  </si>
+  <si>
+    <t>vigano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>cers@comune.lecco.it</t>
+  </si>
+  <si>
+    <t>info@comunitaenergetica.eu</t>
+  </si>
+  <si>
+    <t>info@percerto.it</t>
+  </si>
+  <si>
+    <t>info@sempreverde.energy</t>
+  </si>
+  <si>
+    <t>info@cerslodigiana.it</t>
+  </si>
+  <si>
+    <t>info@coopsolare.it</t>
+  </si>
+  <si>
+    <t>amaenergiazeroonlus@gmail.com</t>
+  </si>
+  <si>
+    <t>piubega@cerinrete.it</t>
+  </si>
+  <si>
+    <t>infocercastiglione@comune.castiglione.mn.it</t>
+  </si>
+  <si>
+    <t>ConfagriCER S.C.A.R.L.</t>
+  </si>
+  <si>
+    <t>info@eycocer.it</t>
+  </si>
+  <si>
+    <t>info.confagricer@confagricoltura.it</t>
+  </si>
+  <si>
+    <t>https://www.confagricoltura.it/ita/attivita/confagricer</t>
+  </si>
+  <si>
+    <t>info@visiolisolidale.it</t>
+  </si>
+  <si>
+    <t>info@cerbicocca.it</t>
+  </si>
+  <si>
+    <t>AC012E00001, AC012E00002, AC012E00003, AC012E00004, AC012E00005, AC012E00006, AC012E00007, AC012E00008, AC012E00009, AC012E00010, AC012E00011,  AC012E00012, AC012E00013, AC012E00014, AC012E00015, AC012E00016, AC012E00017, AC012E00018, AC012E00019</t>
+  </si>
+  <si>
+    <t>info@cermartesana.it</t>
+  </si>
+  <si>
+    <t>infocer@sveasolar.it</t>
+  </si>
+  <si>
+    <t>https://sveasolar.it/it-it/stampa/nuova-cer-svea-solar-nord1-ets</t>
+  </si>
+  <si>
+    <t>cervillacortese@gmail.com</t>
+  </si>
+  <si>
+    <t>cer.enpal@pec.it</t>
+  </si>
+  <si>
+    <t>info@genethic.it</t>
+  </si>
+  <si>
+    <t>info@renergica.it</t>
+  </si>
+  <si>
+    <t>info@bancodellenergia.it</t>
+  </si>
+  <si>
+    <t>aicurzio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>arcore@cerinrete.it</t>
+  </si>
+  <si>
+    <t>cogliate@cerinrete.it</t>
+  </si>
+  <si>
+    <t>cer.correzzana@gmail.com</t>
+  </si>
+  <si>
+    <t>info@cer-amendola.it</t>
+  </si>
+  <si>
+    <t>info@myenergy.it</t>
+  </si>
+  <si>
+    <t>CER Oltrepò Pavese</t>
+  </si>
+  <si>
+    <t>Comunità Montana Oltrepò Pavese, GAL Oltrepò Pavese</t>
+  </si>
+  <si>
+    <t>CERTO! - Comunità Energetica Pavese ETS</t>
+  </si>
+  <si>
+    <t>Manifestazione di interesse, Registro ETS</t>
+  </si>
+  <si>
+    <t>AC001E01105, AC001E01109, AC001E01162, AC001E01163</t>
+  </si>
+  <si>
+    <t>miradoloterme@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cmop.it/2024/09/25/avviso-pubblico-per-raccogliere-le-manifestazioni-di-interesse-di-soggetti-privati-e-pubblici-interessati-alla-realizzazione-di-impianti-a-fonte-rinnovabile-per-la-costituzione-di-una-comunita-energet/</t>
+  </si>
+  <si>
+    <t>Provincia di Sondrio, Confartigianato Sondrio, Confartigianato Como, Comune di Albaredo per San Marco, Comune di Ardenno, Comune di Bema, Comune di Buglio in Monte, Comune di Cino, Comune di Civo, Comune di Cosio Valtellino, Comune di Dazio, Comune di Delebio, Comune di Dubino, Comune di Forcola, Comune di Gerola Alta, Comune di Grosio, Comune di Lovero, Comune di Mantello, Comune di Mazzo di Valtellina, Comune di Mello, Comune di Morbegno, Comune di Piantedo, Comune di Piuro, Comune di Rasura, Comune di Sernio, Comune di Talamona, Comune di Tartano, Comune di Traona, Comune di Tovo di Sant'Agata, Comune di Vervio, Comunità Montana Valtellina di Morbegno.</t>
+  </si>
+  <si>
+    <t>segreteria@cervaltellina.it</t>
+  </si>
+  <si>
+    <t>cer.laveno@gmail.com</t>
+  </si>
+  <si>
+    <t>info@cms-spa.it</t>
+  </si>
+  <si>
+    <t>CER di Sesto Calende</t>
+  </si>
+  <si>
+    <t>Comune di Sesto Calende, CER in rete</t>
+  </si>
+  <si>
+    <t>info.luino@cerinrete.it</t>
+  </si>
+  <si>
+    <t>sesto_calende@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-sesto-calende/</t>
+  </si>
+  <si>
+    <t>ternate@cerinrete.it</t>
+  </si>
+  <si>
+    <t>Comune di Cuasso al Monte, privati cittadini.</t>
+  </si>
+  <si>
+    <t>presidentecer5vette@gmail.com</t>
+  </si>
+  <si>
+    <t>malpensainsubriacer@va.camcom.it</t>
+  </si>
+  <si>
+    <t>CER Due Castelli (Fondazione Flander ETS)</t>
+  </si>
+  <si>
+    <t>Comune di Cavernago, CERESS</t>
+  </si>
+  <si>
+    <t>Fondazione "Energia bene comune"</t>
+  </si>
+  <si>
+    <t>Comune di Treviglio, Fondazione Cassa Rurale di Treviglio, S.E.C.O</t>
+  </si>
+  <si>
+    <t>segretario@cersdellario.org</t>
+  </si>
+  <si>
+    <t>comunita@celn.it</t>
+  </si>
+  <si>
+    <t>cerpinarolopo@gmail.com</t>
+  </si>
+  <si>
+    <t>CER Alfianellese</t>
+  </si>
+  <si>
+    <t>Comune di Alfianello, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Colognese</t>
+  </si>
+  <si>
+    <t>Comune di Cologne, CER in rete</t>
+  </si>
+  <si>
+    <t>alfianello@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-alfianellese/</t>
+  </si>
+  <si>
+    <t>CER di Seniga</t>
+  </si>
+  <si>
+    <t>Comune di Seniga, CER in rete</t>
+  </si>
+  <si>
+    <t>seniga@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-seniga/</t>
+  </si>
+  <si>
+    <t>CER Erbusco</t>
+  </si>
+  <si>
+    <t>Comune di Erbusco, CER in rete</t>
+  </si>
+  <si>
+    <t>erbusco@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-erbusco/</t>
+  </si>
+  <si>
+    <t>Comune di Flero, CER in rete</t>
+  </si>
+  <si>
+    <t>flero@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-flero/</t>
+  </si>
+  <si>
+    <t>CER Muscoline</t>
+  </si>
+  <si>
+    <t>muscoline@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-muscoline/</t>
+  </si>
+  <si>
+    <t>CER Orzinuovi</t>
+  </si>
+  <si>
+    <t>Comune di Orzinuovi, CER in rete</t>
+  </si>
+  <si>
+    <t>orzinuovi@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-orzinuovi/</t>
+  </si>
+  <si>
+    <t>CER Passinarese</t>
+  </si>
+  <si>
+    <t>passirano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-passirano/</t>
+  </si>
+  <si>
+    <t>CER Pontogliese</t>
+  </si>
+  <si>
+    <t>Comune di Pontoglio, CER in rete</t>
+  </si>
+  <si>
+    <t>pontoglio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-pontoglio/</t>
+  </si>
+  <si>
+    <t>CER Valmorea</t>
+  </si>
+  <si>
+    <t>Comune di Valmorea, Comune di Albiolo, CER in rete, Cooperativa sociale SIM-PATIA</t>
+  </si>
+  <si>
+    <t>valmorea_albiolo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-valmorea-albiolo/</t>
+  </si>
+  <si>
+    <t>ceresara@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-ceresara/</t>
+  </si>
+  <si>
+    <t>https://comune.limonesulgarda.bs.it/it/page/cer</t>
+  </si>
+  <si>
+    <t>CER Cabina AC001E01404 dei Comuni di Cellatica, Concesio, Collebeato, Villa Carcina (CER Bassa Valle Trompia)</t>
+  </si>
+  <si>
+    <t>Comunità Montana di Valle Trompia, Comune di Cellatica, Comune di Collebeato, Comune di Concesio, Comune di Villa Carcina.</t>
+  </si>
+  <si>
+    <t>CER Cabina AC001E01424 dei Comuni di Brione, Gardone Val Trompia, Polaveno, Sarezzo, Villa Carcina (CER Media Valle Trompia)</t>
+  </si>
+  <si>
+    <t>Comunità Montana di Valle Trompia, Comune di Brione, Comune di Gardone Val Trompia, Comune di Polaveno, Comune di Sarezzo, Comune di Villa Carcina.</t>
+  </si>
+  <si>
+    <t>CER Cabina AC001E01477 dei Comuni di Irma, Lodrino, Marcheno (CER Alta Valle Trompia)</t>
+  </si>
+  <si>
+    <t>CER Calcinato</t>
+  </si>
+  <si>
+    <t>Comune di Calcinato, Garda Uno</t>
+  </si>
+  <si>
+    <t>AC001E01424</t>
+  </si>
+  <si>
+    <t>AC001E01509</t>
+  </si>
+  <si>
+    <t>lucafabbri@cm.valletrompia.it</t>
+  </si>
+  <si>
+    <t>https://www.comunitaenergetica-valletrompia.it/le-cer-della-valletrompia/cabina-primaria-1424</t>
+  </si>
+  <si>
+    <t>infocer@comune.calcinato.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.calcinato.bs.it/it/page/155648</t>
+  </si>
+  <si>
+    <t>CER del Comune di Lumezzane</t>
+  </si>
+  <si>
+    <t>Comune di Lumezzane, Comunità Montana di Valle Trompia, privati</t>
+  </si>
+  <si>
+    <t>claudio.gnutti@comune.lumezzane.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comunitaenergetica-valletrompia.it/le-cer-della-valletrompia/cabina-primaria-1425</t>
+  </si>
+  <si>
+    <t>CER Lonato del Garda</t>
+  </si>
+  <si>
+    <t>infocer@comune.lonato.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.lonato.bs.it/cer-lonato-del-garda-energia-condivisa-il-territorio</t>
+  </si>
+  <si>
+    <t>CER Torbole Casaglia</t>
+  </si>
+  <si>
+    <t>AC001E01366, AC001E01367</t>
+  </si>
+  <si>
+    <t>https://www.certorbolecasaglia.it/</t>
+  </si>
+  <si>
+    <t>https://cerslecco.it/</t>
+  </si>
+  <si>
+    <t>CER Comune di Bolgare (Fondazione Flander Italia ETS)</t>
+  </si>
+  <si>
+    <t>Comune di Bolgare, CERESS</t>
+  </si>
+  <si>
+    <t>cologne@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-cologne/</t>
+  </si>
+  <si>
+    <t>mairano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-mairano-azzano-mella/</t>
+  </si>
+  <si>
+    <t>CER Manerbio</t>
+  </si>
+  <si>
+    <t>Comune di Manerbio, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01253</t>
+  </si>
+  <si>
+    <t>manerbio@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-manerbio/</t>
+  </si>
+  <si>
+    <t>Comune di Milzano, CER in rete</t>
+  </si>
+  <si>
+    <t>milzano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-milzano/</t>
+  </si>
+  <si>
+    <t>Comune di Muscoline, CER in rete</t>
+  </si>
+  <si>
+    <t>Comunità energetica solidale Diocesi di Brescia Soc. Coop. Impresa Sociale</t>
+  </si>
+  <si>
+    <t>San Lorenzo S.R.L., Circolo Acli San Polo APS, S. Angela - Societa' Cooperativa Sociale - Onlus, Fondazione Brescia Solidale Onlus, Parrocchia “S. Angela Merici”, Parrocchia “S. Eufemia della Fonte”, Parrocchia “Conversione di S. Paolo”, Congregazione Suore Operaie della Santa Casa di Nazareth e Fratello Sole S.R.L. - Impresa Sociale</t>
+  </si>
+  <si>
+    <t>Web, Fondazione CARIPLO, Registro ETS</t>
+  </si>
+  <si>
+    <t>CERSDIOCESIBRESCIA@LEGALMAIL.IT</t>
+  </si>
+  <si>
+    <t>https://tremezzina.comunitaenergeticarinnovabile.it/</t>
+  </si>
+  <si>
+    <t>ghislanzoni@lariofiere.com</t>
+  </si>
+  <si>
+    <t>CER Missaglia-Casatenovo</t>
+  </si>
+  <si>
+    <t>Comune di Missaglia, Comune di Casatenovo, CER in rete</t>
+  </si>
+  <si>
+    <t>missaglia_casatenovo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-missaglia/</t>
+  </si>
+  <si>
+    <t>CER Territori Mantovani</t>
+  </si>
+  <si>
+    <t>Provincia di Mantova, Comune di Mantova, Comune di Roncoferraro, Comune di San Giorgio Bigarello</t>
+  </si>
+  <si>
+    <t>Comune di Ceresara, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01239, AC001E01242, AC001E01243</t>
+  </si>
+  <si>
+    <t>cercoop.info@gmail.com</t>
+  </si>
+  <si>
+    <t>CER Giussago</t>
+  </si>
+  <si>
+    <t>Privati</t>
+  </si>
+  <si>
+    <t>AC001E00435</t>
+  </si>
+  <si>
+    <t>info@cergiussago.it</t>
+  </si>
+  <si>
+    <t>https://www.cergiussago.it/</t>
+  </si>
+  <si>
+    <t>CER "Besozzo Energia in Comunità"</t>
+  </si>
+  <si>
+    <t>Comune di Besozzo, CER in rete</t>
+  </si>
+  <si>
+    <t>Comunità energetica parrocchiale Laveno Mombello ETS</t>
+  </si>
+  <si>
+    <t>Parrocchia "Santa Maria Ausiliatrice" in Ponte di Laveno, Parrocchia "Beata Maria Vergine del Pianto" in Cerro Lago Maggiore, Parrocchia "Santi Filippo e Giacomo" in Laveno-Mombello, Parrocchia "Invenzione di Santo Stefano Protomartire" in Mombello</t>
+  </si>
+  <si>
+    <t>besozzo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-besozzo-energia-in-comunita/</t>
+  </si>
+  <si>
+    <t>cd.cerdeilaghi@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-dei-laghi/</t>
+  </si>
+  <si>
+    <t>CERPARROCCHIELM@PEC.IT</t>
+  </si>
+  <si>
+    <t>Comune di Airuno, Comune di Albino, Comune di Almè, Comune di Almenno San Bartolomeo, Comune di Almenno San Salvatore, Comune di Alzano Lombardo, Comune di Azzano San Paolo, Comune di Barzana, Comune di Bedulita, Comune di Bellusco, Comune di Bergamo, Comune di Bernareggio, Comune di Bonate Sotto, Comune di Bosisio Parini, Comune di Bracca, Comune di Brembate di Sopra, Comune di Calco, Comune di Calusco d'Adda, Comune di Caprino Bergamasco, Comune di Carnate, Comune di Carvico, Comune di Castello di Brianza, Comune di Cenate Sotto, Comune di Cesana Brianza, Comune di Chignolo d'Isola, Comune di Cisano Bergamasco, Comune di Cividate al Piano, Comune di Clusone, Comune di Cologno al Serio, Comune di Concorezzo, Comune di Cornate d'Adda, Comune di Costa Serina, Comune di Dolzago, Comune di Dossena, Comune di Endine Gaiano, Comune di Grumello del Monte, Comune di Imbersago, Comune di Lallio, Comune di Lesmo, Comune di Lissone, Comune di Lomagna, Comune di Mapello, Comune di Merate, Comune di Monte Marenzo, Comune di Mozzo, Comune di Nembro, Comune di Olgiate Molgora, Comune di Osnago, Comune di Paderno d'Adda, Comune di Pagazzano, Comune di Paladina, Comune di Palazzago, Comune di Ponte Nossa, Comune di Ponte San Pietro, Comune di Ponteranica, Comune di Pradalunga, Comune di Presezzo, Comune di Riva di Solto, Comune di Robbiate, Comune di Roncola, Comune di Rovetta, Comune di San Pellegrino Terme, Comune di Sant'Omobono Terme, Comune di Santa Maria Hoè, Comune di Sirone, Comune di Sotto il Monte Giovanni XXIII, Comune di Sovere, Comune di Suello, Comune di Suisio, Comune di Sulbiate, Comune di Terno d'Isola, Comune di Torre de' Busi, Comune di Trescore Balneario, Comune di Treviolo, Comune di Ubiale Clanezzo, Comune di Urgnano, Comune di Usmate Velate, Comune di Val Brembilla, Comune di Valgoglio, Comune di Verano Brianza, Comune di Verderio, Comune di Villa d'Adda, Comune di Villa d'Almè, Comune di Villa di Serio, Comune di Zandobbio, Comune di Zanica, Comune di Zogno, Comunità Montana della Valle Brembana, Provincia di Bergamo.</t>
+  </si>
+  <si>
+    <t>Calvisano Sud</t>
+  </si>
+  <si>
+    <t>Pro loco Calvisano, Eltech Srl, RSA Beata Cristina</t>
+  </si>
+  <si>
+    <t>CER Verolanuova</t>
+  </si>
+  <si>
+    <t>Comune di Verolanuova, SER.VER. Srl., CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01197</t>
+  </si>
+  <si>
+    <t>CER del Decanato di Cinisello Balsamo ETS</t>
+  </si>
+  <si>
+    <t>AC001E01383</t>
+  </si>
+  <si>
+    <t>Comune di Ternate, Comune di Biandronno, CER in rete</t>
+  </si>
+  <si>
+    <t>https://www.comunitaenergetica-valletrompia.it/le-cer-della-valletrompia/cabina-primaria-1404</t>
+  </si>
+  <si>
+    <t>https://www.comunitaenergetica-valletrompia.it/le-cer-della-valletrompia/cabina-primaria-1477</t>
+  </si>
+  <si>
+    <t>GSE - Mappa cabine primarie, Indagine CERL, Web, Contatto diretto</t>
+  </si>
+  <si>
+    <t>Manifestazione di interesse, Contatto diretto, Web</t>
+  </si>
+  <si>
+    <t>CER Pompiano</t>
+  </si>
+  <si>
+    <t>Comune di Pompiano, CER in rete</t>
+  </si>
+  <si>
+    <t>pompiano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-pompiano/</t>
+  </si>
+  <si>
+    <t>verolanuova@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-verolanuova/</t>
+  </si>
+  <si>
+    <t>Web, Indagine CERL, Contatto diretto</t>
+  </si>
+  <si>
+    <t>CER Comune di Veduggio con Colzano</t>
+  </si>
+  <si>
+    <t>Comune di Veduggio con Colzano, CER in rete</t>
+  </si>
+  <si>
+    <t>veduggio_con_colzano@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-veduggio-con-colzano/</t>
+  </si>
+  <si>
+    <t>Comune di Ghedi, CER in rete</t>
+  </si>
+  <si>
+    <t>ghedi@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-ghedi/</t>
+  </si>
+  <si>
+    <t>CER Prometea Gavardo</t>
+  </si>
+  <si>
+    <t>Gavardo Caldaie Srl, Alpicapital SpA, Cooperativa Cresco ETS, Arten Srl, Metal Carp Srl, Fondazione La Memoria ETS, Cooperativa Sociale Area ETS</t>
+  </si>
+  <si>
+    <t>AC001E01171, AC001E01175, AC001E01192</t>
+  </si>
+  <si>
+    <t>AC001E01183, AC001E01193, AC001E01194</t>
+  </si>
+  <si>
+    <t>AC001E01184, AC001E01196</t>
+  </si>
+  <si>
+    <t>Comune di Asola, Comune di Gussola, Comune di Martignana di Po, Comune di Piadena Drizzona, Comune di San Giovanni in Croce, Comune di Scandolara Ravara, Comune di Rivarolo Mantovano, Parrocchia di Gussola, Parrocchia di Piadena, Parrocchia di San Giovanni in Croce, Parrocchia di Scandolara Ravara, Parrocchia di Rivarolo Mantovano, Associazione Amici di Emmaus di Torre de’ Picenardi, Ospedale Aragona di San Giovanni in Croce, Fondazione Tosi Cippelletti di Rivarolo Mantovano</t>
+  </si>
+  <si>
+    <t>AC001E01234, AC001E01236, AC001E01237, AC001E01238</t>
+  </si>
+  <si>
+    <t>AC001E01233, AC001E01232, AC001E01235, AC001E01239</t>
+  </si>
+  <si>
+    <t>Comune di Lozza, Comune di Azzate, Comune di Buguggiate, Comune di Gazzada Schianno, Comune di Morazzone, Parrocchia di Sant’Antonino Martire, Scuola dell’infanzia paritaria Ernesta e Carlo Brianza.</t>
+  </si>
+  <si>
+    <t>CER Pontirolo Nuovo</t>
+  </si>
+  <si>
+    <t>Comune di Pontirolo Nuovo, CER in rete</t>
+  </si>
+  <si>
+    <t>pontirolo_nuovo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-pontirolo-nuovo/</t>
+  </si>
+  <si>
+    <t>Comune di Bovezzo, Comune di Caino, CER in rete</t>
+  </si>
+  <si>
+    <t>Provincia di Como, Comunità Montana Valli del Lario e del Ceresio, Comune di Bene Lario, Comune di Binago, Comune di Brenna, Comune di Brienno, Comune di Bulgarograsso, Comune di Cadorago, Comune di Cantù, Comune di Capiago Intimiano, Comune di Carimate, Comune di Carlazzo, Comune di Carugo, Comune di Casnate con Bernate, Comune di Cassina Rizzardi, Comune di Centro Valle Intelvi, Comune di Cermenate, Comune di Cernobbio, Comune di Cremia, Comune di Dongo, Comune di Eupilio, Comune di Figino Serenza, Comune di Gera Lario, Comune di Grandola ed Uniti, Comune di Gravedona ed Uniti, Comune di Griante, Comune di Laglio, Comune di Lomazzo, Comune di Luisago, Comune di Mariano Comense, Comune di Menaggio, Comune di Moltrasio, Comune di Montano Lucino, Comune di Montorfano, Comune di Mozzate, Comune di Nesso, Comune di Novedrate, Comune di Orsenigo, Comune di Peglio, Comune di Pianello del Lario, Comune di Ponte Lambro, Comune di Pusiano, Comune di Rovello Porro, Comune di Stazzona, Comune di Tavernerio, Comune di Trezzone, Comune di Valsolda, Comune di Veleso, Comune di Veniano, Comune di Villa Guardia, Comune di Zelbio.</t>
+  </si>
+  <si>
+    <t>CER di Castel Goffredo</t>
+  </si>
+  <si>
+    <t>CER Guidizzolo</t>
+  </si>
+  <si>
+    <t>Comune di Guidizzolo, CER in rete</t>
+  </si>
+  <si>
+    <t>castel_goffredo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-castel-goffredo/</t>
+  </si>
+  <si>
+    <t>guidizzolo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-guidizzolo/</t>
+  </si>
+  <si>
+    <t>CER Energia Solidale</t>
+  </si>
+  <si>
+    <t>Cooperativa Inzaghese di Solidarietà, Cooperativa Arché Onlus</t>
+  </si>
+  <si>
+    <t>info@cerenergiasolidale.it</t>
+  </si>
+  <si>
+    <t>https://cerenergiasolidale.it/</t>
+  </si>
+  <si>
+    <t>Fondazione SETA</t>
+  </si>
+  <si>
+    <t>Comune di Bresso, Comune di Cassano d'Adda, Comune di Pessano con Bornago, Comune di Trezzano Rosa, ATES S.r.l.</t>
+  </si>
+  <si>
+    <t>Besana Sun Energy</t>
+  </si>
+  <si>
+    <t>AC001E01473, AC001E01467</t>
+  </si>
+  <si>
+    <t>https://besana.comunitaenergeticarinnovabile.it/</t>
+  </si>
+  <si>
+    <t>CER Eyco Società Cooperativa</t>
+  </si>
+  <si>
+    <t>Eureka CER Società Cooperativa</t>
+  </si>
+  <si>
+    <t>AC001E01431</t>
+  </si>
+  <si>
+    <t>Comune di Verdello, Comune di Bottanuco, Comune di Costa di Mezzate, Comune di Gandino, Comune di Ghisalba, Comune di Calvenzano, Comune di Solza, CERESS</t>
+  </si>
+  <si>
+    <t>CER delle Bondinelle</t>
+  </si>
+  <si>
+    <t>CER Ecosynergy Italy</t>
+  </si>
+  <si>
+    <t>AC001E01517</t>
+  </si>
+  <si>
+    <t>CERAVAL Comunità energetica rinnovabile</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Ecoenergia</t>
+  </si>
+  <si>
+    <t>AC001E01492, AC001E01500</t>
+  </si>
+  <si>
+    <t>T.G. CER</t>
+  </si>
+  <si>
+    <t>Registro ETS, GSE - Mappa delle cabine primarie</t>
+  </si>
+  <si>
+    <t>Web, Manifestazione di interesse, Registro ETS, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>Inspire Energy Community Nord</t>
+  </si>
+  <si>
+    <t>AC001E01189</t>
+  </si>
+  <si>
+    <t>Comune di Aviatico, CER in rete.</t>
+  </si>
+  <si>
+    <t>https://eurekaitalia.eu/servizi/comunita-energetiche/</t>
+  </si>
+  <si>
+    <t>AC001E01346, AC001E01367, AC001E01366</t>
+  </si>
+  <si>
+    <t>CER di Castenedolo</t>
+  </si>
+  <si>
+    <t>Comune di Castenedolo, CER in rete</t>
+  </si>
+  <si>
+    <t>castenedolo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-castenedolo/</t>
+  </si>
+  <si>
+    <t>CER Seprio Solidale</t>
+  </si>
+  <si>
+    <t>info.cersepriosolidale@gmail.com</t>
+  </si>
+  <si>
+    <t>Ergica s.r.l., Atech s.r.l.</t>
+  </si>
+  <si>
+    <t>Comune di Lecco, Fondazione Comunitaria del Lecchese, Comune di Civate, Comune di Costa Masnaga, Comune di Galbiate, Comune di La Valletta Brianza, Comune di Mandello del Lario, Comune di Oggiono, Comune di Rogeno, Comune di Valmadrera, Larioreti e privati</t>
+  </si>
+  <si>
+    <t>rinnocer@ergica.it</t>
+  </si>
+  <si>
+    <t>https://www.rinnocer.it/</t>
+  </si>
+  <si>
+    <t>Comune di Castel Goffredo, CER in rete</t>
+  </si>
+  <si>
+    <t>Associazione CER Bicocca</t>
+  </si>
+  <si>
+    <t>CER Caponago</t>
+  </si>
+  <si>
+    <t>Comune di Caponago, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01385</t>
+  </si>
+  <si>
+    <t>caponago@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-caponago/</t>
+  </si>
+  <si>
+    <t>CER Colline d'Oltrepò</t>
+  </si>
+  <si>
+    <t>AC001E01162</t>
+  </si>
+  <si>
+    <t>cer@collarini.eu</t>
+  </si>
+  <si>
+    <t>colline_d_oltrepo@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-colline-doltrepo/</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Staffora Uno</t>
+  </si>
+  <si>
+    <t>CER Tirano ETS</t>
+  </si>
+  <si>
+    <t>Comune di Tirano, Fondazione Casa di Riposo Città di Tirano, Giardino d'Infanzia di Tirano</t>
+  </si>
+  <si>
     <t>Registro ETS</t>
   </si>
   <si>
-    <t>AC001E01238</t>
-[...11 lines deleted...]
-    <t>Web, Manifestazione di interesse, Registro ETS</t>
+    <t>Associazione CER-amica ETS</t>
+  </si>
+  <si>
+    <t>AC001E01408, AC001E01418</t>
+  </si>
+  <si>
+    <t>Comunità Energetica Locally ETS</t>
+  </si>
+  <si>
+    <t>Comune di Cazzago San Martino.</t>
+  </si>
+  <si>
+    <t>cer@comune.cazzago.bs.it</t>
+  </si>
+  <si>
+    <t>sindaco@comune.acquafredda.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.acquafredda.bs.it/Novita/Notizie/Costituita-la-Comunita-Energetica-Acquafreddese</t>
+  </si>
+  <si>
+    <t>CER Bagnolo Mella</t>
+  </si>
+  <si>
+    <t>Comune di Bagnolo Mella, Fondazione "Casa di riposo RSA Paolo VI" Onlus, Fondazione "Asilo infantile Fasani"</t>
+  </si>
+  <si>
+    <t>info.cer@comune.bagnolomella.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.bagnolomella.bs.it/novita/notizie/novita_135.html</t>
+  </si>
+  <si>
+    <t>CER Bedizzole</t>
+  </si>
+  <si>
+    <t>Comune di Bedizzole, Fondazione “Casa di soggiorno per anziani Onlus”</t>
+  </si>
+  <si>
+    <t>AC001E01509, AC001E01510</t>
+  </si>
+  <si>
+    <t>https://www.comune.bedizzole.bs.it/pagina140243_comunit-energetica-rinnovabile-cer-bedizzole.html</t>
+  </si>
+  <si>
+    <t>CER di Borgosatollo</t>
+  </si>
+  <si>
+    <t>Comune di Borgosatollo, privati cittadini.</t>
+  </si>
+  <si>
+    <t>i.viola@weproject.it</t>
+  </si>
+  <si>
+    <t>CER Gardone Riviera</t>
+  </si>
+  <si>
+    <t>Comune di Gardone Riviera, Asilo infantile di Gardone Riviera</t>
+  </si>
+  <si>
+    <t>AC006E00018</t>
+  </si>
+  <si>
+    <t>Comune di Isorella, Casa di riposo "G.B. Valotti" ONLUS, Comune di Visano, GardaUno</t>
+  </si>
+  <si>
+    <t>Comune di Lograto, Comune di Brandico, Comune di Longhena, CER in rete</t>
+  </si>
+  <si>
+    <t>CER MAN-POLP</t>
+  </si>
+  <si>
+    <t>Comune di Manerba del Garda, Comune di Polpenazze del Garda.</t>
+  </si>
+  <si>
+    <t>AC006E00009</t>
+  </si>
+  <si>
+    <t>infocer@comune.manerbadelgarda.bs.it</t>
+  </si>
+  <si>
+    <t>https://comune.manerbadelgarda.bs.it/documenti/3481205/comunita-energetica-rinnovabile-man-polp</t>
+  </si>
+  <si>
+    <t>CER Offlaghese</t>
+  </si>
+  <si>
+    <t>Comune di Offlaga, GardaUno</t>
+  </si>
+  <si>
+    <t>protocollo@cert.comune.offlaga.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.offlaga.bs.it/Novita/Notizie/Comunita-Energetica-Rinnovabile</t>
+  </si>
+  <si>
+    <t>Comune di Passirano, Comune di Paderno Franciacorta, CER in rete</t>
+  </si>
+  <si>
+    <t>infocer@comune.pozzolengo.bs.it</t>
+  </si>
+  <si>
+    <t>https://comune.pozzolengo.bs.it/menu/3286492/comunita-energetica-rinnovabile</t>
+  </si>
+  <si>
+    <t>CER Prevalle</t>
+  </si>
+  <si>
+    <t>Comune di Prevalle, GardaUno</t>
+  </si>
+  <si>
+    <t>AC006E00003, AC006E00007</t>
+  </si>
+  <si>
+    <t>infocer@comune.prevalle.bs.it</t>
+  </si>
+  <si>
+    <t>https://comune.prevalle.bs.it/notizie/3440621/cer-comunita-energetica-rinnovabile-prevalle</t>
+  </si>
+  <si>
+    <t>CER Roccafranca</t>
+  </si>
+  <si>
+    <t>Comune di Roccafranca, Scuola dell'infanzia "Paolo VI"</t>
+  </si>
+  <si>
+    <t>infocer@comune.provagliodiseo.bs.it</t>
+  </si>
+  <si>
+    <t>https://comune.provagliodiseo.bs.it/menu/3347313/c-r-comunita-energetiche-rinnovabili</t>
+  </si>
+  <si>
+    <t>https://www.comune.puegnagodelgarda.bs.it/Novita/Avvisi/C.E.R.-Comunita-Energetiche-Rinnovabili</t>
+  </si>
+  <si>
+    <t>infocer@comune.roccafranca.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.roccafranca.bs.it/it/page/156734</t>
+  </si>
+  <si>
+    <t>cer_roncadelle@comune.roncadelle.bs.it</t>
+  </si>
+  <si>
+    <t>Comune di San Paolo, Comune di Villachiara, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Sirmione</t>
+  </si>
+  <si>
+    <t>Comune di Sirmione, GardaUno</t>
+  </si>
+  <si>
+    <t>cer@sirmionebs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.sirmione.bs.it/index.php/it/servizi/6832</t>
+  </si>
+  <si>
+    <t>Comune di Torbole Casaglia, Comune di Ospitaletto, Comune di Travagliato, Fondazione Mazzocchi, Farco Group, Automazioni Industriali Capitanio, Verniciature Bresciane, ConsulGroup, Co.Pe.</t>
+  </si>
+  <si>
+    <t>https://www.comune.tignale.bs.it/Vivere-il-comune/Eventi/Comunita-energetica-rinnovabile-T.-T.-G.-E</t>
+  </si>
+  <si>
+    <t>CER Toscolano Maderno</t>
+  </si>
+  <si>
+    <t>Comune di Toscolano-Maderno, Fondazione Valle delle Cartiere-Toscolano Maderno, privati cittadini</t>
+  </si>
+  <si>
+    <t>AC006E00015</t>
+  </si>
+  <si>
+    <t>infocer@comune.toscolanomaderno.bs.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.toscolanomaderno.bs.it/novita/notizie/cer</t>
+  </si>
+  <si>
+    <t>FU.SO. CERS ETS</t>
+  </si>
+  <si>
+    <t>Comune di Barzio, Comune di Bellano, Comune di Margno, Comune di Moggio, Comune di Premana, Comunità Montana Valsassina Valvarrone Val d'Esino e Riviera.</t>
+  </si>
+  <si>
+    <t>CER Comune di Cusano Milanino</t>
+  </si>
+  <si>
+    <t>Comune di Cusano Milanino.</t>
+  </si>
+  <si>
+    <t>Comune di Inzago, Fondazione Ospedale Marchesi, COGESER Energia.</t>
+  </si>
+  <si>
+    <t>AC001E01379</t>
+  </si>
+  <si>
+    <t>https://www.comune.cusano-milanino.mi.it/vivere-a-cusano-milanino/ambiente-verde-e-animali/comunita-energetica-rinnovabile-cer/</t>
+  </si>
+  <si>
+    <t>Decanato di Cinisello Balsamo e relative parrocchie</t>
+  </si>
+  <si>
+    <t>CER.ca.MI Solidale ETS</t>
   </si>
   <si>
     <t>CERSando</t>
   </si>
   <si>
-    <t>VOLT - Vimercate per l'Organizzazione Locale della Transizione Energetica</t>
-[...616 lines deleted...]
-  <si>
     <t>Comune di San Donato Milanese.</t>
   </si>
   <si>
-    <t>Comune di Abbiategrasso.</t>
-[...353 lines deleted...]
-    <t>CER mettiamo insieme la nostra energia APS</t>
+    <t>cersdm@comune.sandonatomilanese.mi.it</t>
+  </si>
+  <si>
+    <t>Fondazione Ticino Energie Rinnovabili ETS</t>
+  </si>
+  <si>
+    <t>CER SÜÎCH</t>
+  </si>
+  <si>
+    <t>Ecosfera Lambro ETS</t>
+  </si>
+  <si>
+    <t>cer@ecosferalambro.it</t>
+  </si>
+  <si>
+    <t>http://www.ecosferalambro.it/</t>
+  </si>
+  <si>
+    <t>https://www.voltcomunitaenergetica.it/</t>
+  </si>
+  <si>
+    <t>CER Comune di Pavia</t>
+  </si>
+  <si>
+    <t>Comune di Pavia.</t>
+  </si>
+  <si>
+    <t>https://www.comune.pavia.it/novita/avvisi/manifestazione-interesse-per-costituzione-una-comunita-energetica-rinnovabile</t>
+  </si>
+  <si>
+    <t>CER Garlasco</t>
+  </si>
+  <si>
+    <t>Comune di Garlasco.</t>
+  </si>
+  <si>
+    <t>AC001E01188</t>
+  </si>
+  <si>
+    <t>Manifestazione di interesse, Web, GSE - Mappa cabine primarie, Indagine CERL</t>
+  </si>
+  <si>
+    <t>AC001E01497, AC001E01503, AC001E01517, AC001E01518, AC001E01519, AC001E01520</t>
+  </si>
+  <si>
+    <t>Comune di Gussago, Comune di Rodengo Saiano, CER in rete</t>
+  </si>
+  <si>
+    <t>CER Tremezzina</t>
+  </si>
+  <si>
+    <t>Fondazione CER Città di Cremona ETS</t>
+  </si>
+  <si>
+    <t>Comune di Cremona, Azienda Speciale Comunale per i Servizi alla Persona "Cremona Solidale", Università Cattolica del Sacro Cuore, Politecnico di Milano, Parrocchia Sant'Agata, Parrocchia Santi Clemente e Imerio, Parrocchia Cisto Re, Parrocchia Santi Nazaro e Celso in San Giuseppe al Cambonino, Parrocchia San Michele Vetere, Parrocchia SS Nazario e Celso in S. Abbondio, Consorzio Sol. Co Cremona, CSV Lombardia Sud ETS, Cooperativa Servizi per l'Accoglienza Onlus, Fondazione La Pace Onlus Cremona, ANFFAS Cremona APS, ARCI Cremona APS, ACLI Service Cremona s.r.l.</t>
+  </si>
+  <si>
+    <t>Comune di Brembio, Comune di Cervignano d'Adda, Comune di Landriano, Comune di Guardamiglio, Comune di Gudo Visconti, Comune di Santo Stefano Lodigiano, Legambiente, Rete umanità lodigiana</t>
+  </si>
+  <si>
+    <t>Provincia di Lodi, Comune di Boffalora d'Adda, Comune di Casaletto Lodigiano, Comune di Corte Palasio, Comune di Livraga, Comune di Lodi,  Comune di Lodi Vecchio, Comune di Maccastorna, Comune di Merlino, Comune di Orio Litta, Comune di Ospedaletto Lodigiano, Comune di Ossago Lodigiano, Comune di Salerano sul Lambro, Comune di Tavazzano con Villavesco, Comune di Zelo Buon Persico, Il Mosaico Servizi ETS Società Cooperativa sociale, Fondazione di partecipazione Casa della Comunità ATS</t>
+  </si>
+  <si>
+    <t>Fondazione CER Adda Martesana</t>
+  </si>
+  <si>
+    <t>Comune di Bellinzago Lombardo, Comune di Gorgonzola, Comune di Liscate, Comune di Melzo, Comune di Pioltello, Comune di Truccazzano, Cogeser.</t>
+  </si>
+  <si>
+    <t>Comune di Pietra de' Giorgi, CER in rete</t>
+  </si>
+  <si>
+    <t>Comune di Luino, Comune di Agra, Comune di Brezzo di Bedero, Comune di Brissago-Valtravaglia, Comune di Brusimpiano, Comune di Castelveccana, Comune di Cremenaga, Comune di Cunardo, Comune di Curiglia con Monteviasco, Comune di Dumenza, Comune di Germignaga, Comune di Grantola, Comune di Lavena Ponte Tresa, Comune di Maccagno con Pino e Veddasca, Comune di Marchirolo, Comune di Montegrino Valtravaglia, Comune di Porto Valtravaglia, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01341, AC001E01342, AC001E01421, AC001E01441, AC001E01444, AC001E01445, AC001E01452, AC001E01454, AC001E01458</t>
+  </si>
+  <si>
+    <t>Associazione "CER 17"</t>
+  </si>
+  <si>
+    <t>GSE - Mappa delle cabine primarie</t>
+  </si>
+  <si>
+    <t>AC001E01427, AC001E01497</t>
+  </si>
+  <si>
+    <t>AC001E01226, AC001E01353, AC001E01360, AC006E00003, AC001E01519</t>
+  </si>
+  <si>
+    <t>AC012E00013, AC001E01355, AC001E01363, AC001E01367, AC001E01408, AC001E01410, AC001E01412, AC001E01423, AC001E01428, AC001E01429, AC001E01464, AC001E01468, AC001E01468, AC001E01474, AC001E01478, AC001E01481, AC001E01491, AC001E01494, AC001E01496, AC001E01505</t>
+  </si>
+  <si>
+    <t>info@inspireitalia.it</t>
+  </si>
+  <si>
+    <t>https://www.inspireitalia.it/</t>
+  </si>
+  <si>
+    <t>Associazione CER Sunsolution</t>
+  </si>
+  <si>
+    <t>Sunsolution srl</t>
+  </si>
+  <si>
+    <t>info@sunsolutionsrl.com</t>
+  </si>
+  <si>
+    <t>AC001E01249, AC001E01257, AC001E01197</t>
+  </si>
+  <si>
+    <t>Contatto diretto, Web, GSE - Mappa cabine primarie</t>
+  </si>
+  <si>
+    <t>AC006E00003, AC006E00006, AC006E00008, AC006E00009, AC006E00014, AC006E00016, AC001E01407, AC006E00018</t>
+  </si>
+  <si>
+    <t>benaco@benacoenergia.it</t>
+  </si>
+  <si>
+    <t>https://www.benacoenergia.it/sconto-mille-soli/</t>
+  </si>
+  <si>
+    <t>Contatto diretto, Web, Mappa GSE</t>
+  </si>
+  <si>
+    <t>CER Solar Smart</t>
+  </si>
+  <si>
+    <t>Consorzio CIER</t>
+  </si>
+  <si>
+    <t>info@consorziocier.it</t>
+  </si>
+  <si>
+    <t>https://consorziocier.it/</t>
+  </si>
+  <si>
+    <t>CER Torri</t>
+  </si>
+  <si>
+    <t>FIER SpA</t>
+  </si>
+  <si>
+    <t>info@torrisolare.it</t>
+  </si>
+  <si>
+    <t>https://www.torrisolare.it/cer-comunita-energetiche-rinnovabili/</t>
+  </si>
+  <si>
+    <t>Solar Valley CER ETS</t>
+  </si>
+  <si>
+    <t>Comune di San Benedetto Po, Comune di Sustinente, e altri comuni in altre regioni</t>
+  </si>
+  <si>
+    <t>info@solar-valley.it</t>
+  </si>
+  <si>
+    <t>https://solar-valley.it/</t>
+  </si>
+  <si>
+    <t>CER Ovest Milanese</t>
+  </si>
+  <si>
+    <t>Comune di Magenta, Comune di Boffalora sopra Ticino, Comune di Cuggiono, Comune di Sedriano, Comune di Robecco sul Naviglio, Comune di Santo Stefano Ticino</t>
+  </si>
+  <si>
+    <t>AC253E00001, AC253E00002, AC253E00028, AC253E00052</t>
+  </si>
+  <si>
+    <t>AC001E01386, AC001E01389, AC001E01391, AC001E01448, AC001E01465, AC001E01472, AC001E01530, AC001E01242, AC001E01412, AC001E01341, AC001E01402, AC001E01472</t>
+  </si>
+  <si>
+    <t>CER Vizzolo Predabissi</t>
+  </si>
+  <si>
+    <t>Fornace Vizzolese</t>
+  </si>
+  <si>
+    <t>maurizio.marconcini@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.ecofuturo.eu/comunita-energetica-vizzolo-perdabissi-fornace-vizzolese/</t>
+  </si>
+  <si>
+    <t>Comunità energetica Porta Romana</t>
+  </si>
+  <si>
+    <t>AC012E00009</t>
+  </si>
+  <si>
+    <t>info@weproject.it</t>
+  </si>
+  <si>
+    <t>Comune di Capizzone, EnergieSolidali</t>
+  </si>
+  <si>
+    <t>cer_capizzoneplus@energiesolidali.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.capizzone.bg.it/EG0/EGSCHTST45.HBL?ARG=28</t>
+  </si>
+  <si>
+    <t>Comune di Olgiate Comasco,  Comune di Appiano Gentile, Comune di Bregnano, Comune di Cabiate, Comune di Cadorago, Comune di Cucciago, Comune di Faloppio, Comune di Guanzate, Comune di Lurate Caccivio, Comune di Lambrugo, Comune di Lurago d'Erba, Comune di Senna Comasco, Comune di Solbiate con Cagno, Comune di Uggiate con Ronago, Comune di Vertemate con Minoprio.</t>
+  </si>
+  <si>
+    <t>https://cersdellario.org/</t>
+  </si>
+  <si>
+    <t>Comune di Busto Arsizio, Comune di Varese, Comune di Brunello, Comune di Castellanza, Comune di Castelseprio, Comune di Castiglione Olona, Comune di Castronno, Comune di Gorla Minore, Comune di Induno Olona, Comune di Mornago, Comune di Solbiate Olona, Comune di Sumirago, Comune di Vedano Olona, Comune di Venegono Inferiore, Camera di Commercio Varese, Università dell'Insubria e privati</t>
+  </si>
+  <si>
+    <t>AC001E01355, AC001E01361, AC001E01362, AC001E01363, AC001E01386, AC001E01387, AC001E01389, AC001E01395, AC001E01396, AC001E01397, AC001E01399, AC001E01408, AC001E01409, AC001E01410, AC001E01413, AC001E01414, AC001E01415, AC001E01416, AC001E01417, AC001E01423, AC001E01427, AC001E01428, AC001E01430, AC001E01431, AC001E01464, AC001E01465, AC001E01466, AC001E01468, AC001E01469, AC001E01472, AC001E01474, AC001E01478, AC001E01479, AC001E01480, AC001E01481, AC001E01482, AC001E01484, AC001E01491, AC001E01492, AC001E01493, AC001E01494, AC001E01495, AC001E01496, AC001E01497, AC001E01502, AC001E01504, AC001E01505, AC001E01506, AC001E01507, AC001E01880, AC001E01881</t>
+  </si>
+  <si>
+    <t>AC253E00033</t>
+  </si>
+  <si>
+    <t>AC001E01404, AC001E01403, AC253E00014</t>
+  </si>
+  <si>
+    <t>AC001E01477, AC253E00029</t>
+  </si>
+  <si>
+    <t>AC001E01426, AC001E01497, AC253E00020</t>
+  </si>
+  <si>
+    <t>AC001E01425, AC253E00027</t>
+  </si>
+  <si>
+    <t>AC001E01204</t>
+  </si>
+  <si>
+    <t>AC001E01176, AC001E01177, AC001E01178, AC001E01180, AC001E01181, AC001E01182, AC001E01183, AC001E01202, AC001E01204, AC017E00001, AC253E00017, AC253E00030</t>
+  </si>
+  <si>
+    <t>Fondazione di partecipazione CER FERI Fondazione Energia Rinnovabile per Imprese ETS</t>
+  </si>
+  <si>
+    <t>Forlani Impianti srl, Fondazione "Giovanni e Teresa Premoli", Firetech srl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AC253E00006, AC253E00011 </t>
+  </si>
+  <si>
+    <t>AC253E00038</t>
+  </si>
+  <si>
+    <t>AC253E00018, AC253E00050</t>
+  </si>
+  <si>
+    <t>AC253E00006</t>
+  </si>
+  <si>
+    <t>AC253E00012</t>
+  </si>
+  <si>
+    <t>AC253E00019</t>
+  </si>
+  <si>
+    <t>AC253E00036</t>
+  </si>
+  <si>
+    <t>AC253E00050</t>
+  </si>
+  <si>
+    <t>AC253E00021, AC253E00049</t>
+  </si>
+  <si>
+    <t>AC253E00028, AC253E00052</t>
+  </si>
+  <si>
+    <t>CER Discepoli di Emmaus Novate ETS</t>
+  </si>
+  <si>
+    <t>Parrocchie della Comunità Pastorale "Discepoli di Emmaus" di Novate</t>
+  </si>
+  <si>
+    <t>AC253E00036, AC253E00040</t>
+  </si>
+  <si>
+    <t>parrocchia@santigervasoeprotasonovate.it</t>
+  </si>
+  <si>
+    <t>AC253E00004, AC253E00015, AC253E00017</t>
+  </si>
+  <si>
+    <t>AC253E00040</t>
+  </si>
+  <si>
+    <t>AC253E00030, AC253E00043</t>
+  </si>
+  <si>
+    <t>CERS L'impronta Energia ETS</t>
+  </si>
+  <si>
+    <t>L'impronta Associazione Onlus, Agrivis coop. soc. agricola, Via Libera coop. soc.</t>
+  </si>
+  <si>
+    <t>AC253E00042</t>
+  </si>
+  <si>
+    <t>Comune di Abbiategrasso, Amaga S.p.A.</t>
+  </si>
+  <si>
+    <t>AC253E00001</t>
+  </si>
+  <si>
+    <t>AC253E00010, AC253E00018, AC253E00019, AC253E00025, AC253E00026</t>
+  </si>
+  <si>
+    <t>AC001E01379, AC001E01397, AC253E00008, AC253E00019</t>
+  </si>
+  <si>
+    <t>AC253E00046</t>
+  </si>
+  <si>
+    <t>aviatico@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/le-nostre-cer/cer-aviatico/</t>
+  </si>
+  <si>
+    <t>Comune di Carenno, Comune di Ciserano, Comune di Levate, Comune di Osio Sotto, Comune di San Giovanni Bianco, Comune di Stezzano, Comune di Vedeseta.</t>
+  </si>
+  <si>
+    <t>AC001E01386, AC001E01398, AC001E01410, AC001E01412, AC001E01466, AC001E01492, AC001E01501, AC001E01502</t>
+  </si>
+  <si>
+    <t>info@energiabenecomunetreviglio.it</t>
+  </si>
+  <si>
+    <t>https://www.comune.treviglio.bg.it/it/page/comunita-energetica-rinnovabile-energia-bene-comune-treviglio</t>
+  </si>
+  <si>
+    <t>AC001E01189, AC001E01192, AC001E01197, AC001E01202, AC001E01313, AC001E01320, AC001E01343, AC001E01355</t>
+  </si>
+  <si>
+    <t>comunita@ilcerchio.org</t>
+  </si>
+  <si>
+    <t>https://www.ilcerchio.org/</t>
+  </si>
+  <si>
+    <t>Comunità Montana di Valle Trompia, Comune di Gardone Val Trompia, Comune di Irma, Comune di Lodrino, Comune di Marcheno, Comune di Marmentino, Comune di Pezzaze, Comune di Tavernole sul Mella.</t>
+  </si>
+  <si>
+    <t>info@virideenergy.it</t>
+  </si>
+  <si>
+    <t>info@certorbolecasaglia.it</t>
+  </si>
+  <si>
+    <t>info@cervallecamonica.it</t>
+  </si>
+  <si>
+    <t>Info@greencer.eu</t>
+  </si>
+  <si>
+    <t>ufficio.segreteria@comune.rovato.bs.it</t>
+  </si>
+  <si>
+    <t>AC001E01541, AC001E01539, AC001E01501, AC001E01543</t>
+  </si>
+  <si>
+    <t>barzio.cer@gmail.com</t>
+  </si>
+  <si>
+    <t>tecnico@comune.vercurago.lc.it</t>
+  </si>
+  <si>
+    <t>AC001E01177, AC001E01178, AC001E01181, AC001E01182, AC001E01183, AC001E01202, AC001E01203, AC001E01204</t>
+  </si>
+  <si>
+    <t>ediliziaeterritorio@comune.roverbella.mn.it</t>
+  </si>
+  <si>
+    <t>lavoripubblici.ecologia@comune.inzago.mi.it</t>
+  </si>
+  <si>
+    <t>Comune di Cassina de' Pecchi.</t>
   </si>
   <si>
     <t>AC001E01312</t>
   </si>
   <si>
-    <t>CER Cogliate</t>
-[...1121 lines deleted...]
-    <t>Comune di Ternate, Comune di Biandronno, CER in rete</t>
+    <t>info@gruppocap.it</t>
+  </si>
+  <si>
+    <t>AC001E01200</t>
+  </si>
+  <si>
+    <t>AC001E01187, AC001E01188, AC001E01191, AC001E01210, AC001E01255, AC001E01334,AC001E01375, AC001E01405, AC001E01421, AC001E01453, AC001E01467, AC001E01474, AC001E01497, AC001E01521, AC001E01546, AC001E01366, AC253E00036, AC001E01412, AC001E01447, AC001E01472, AC001E01504</t>
+  </si>
+  <si>
+    <t>AC001E01359, AC001E01485</t>
+  </si>
+  <si>
+    <t>AC001E01191, AC001E01422, AC001E0149</t>
+  </si>
+  <si>
+    <t>energetica@caritasambrosiana.it</t>
+  </si>
+  <si>
+    <t>Comune di Monticelli Pavese, CER in rete</t>
+  </si>
+  <si>
+    <t>AC001E01521, AC001E01522, AC001E01542, AC001E01544, AC001E01546, AC001E01547, AC001E01549, AC001E01550</t>
+  </si>
+  <si>
+    <t>monticellipavese@cerinrete.it</t>
+  </si>
+  <si>
+    <t>https://www.cerinrete.it/cer-monticelli-pavese/</t>
+  </si>
+  <si>
+    <t>cerbeveralanza@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.comune.cantello.va.it/area_letturaNotizia/414452/pagsistema.html</t>
+  </si>
+  <si>
+    <t>urp@melo.it</t>
+  </si>
+  <si>
+    <t>cers.cabiaglio@gmail.com</t>
+  </si>
+  <si>
+    <t>ufficiotecnico@comune.ciserano.bg.it</t>
+  </si>
+  <si>
+    <t>info@eurekaitalia.eu</t>
+  </si>
+  <si>
+    <t>info@ceress.it</t>
+  </si>
+  <si>
+    <t>info@gavardocaldaie.it</t>
+  </si>
+  <si>
+    <t>mgreenhill@virgilio.it</t>
+  </si>
+  <si>
+    <t>cercoesol@energiecondivise.it</t>
+  </si>
+  <si>
+    <t>https://coesol.energiecondivise.it/</t>
+  </si>
+  <si>
+    <t>amministrazione@cercami.info</t>
+  </si>
+  <si>
+    <t>info@vaprioenergy.it</t>
+  </si>
+  <si>
+    <t>https://readymag.website/u2925065983/6147376/</t>
+  </si>
+  <si>
+    <t>info@insulanet.it</t>
+  </si>
+  <si>
+    <t>area5@comune.pv.it</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-810]d\ mmmm\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -4173,51 +4463,51 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -4232,74 +4522,67 @@
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Collegamento ipertestuale" xfId="2" builtinId="8"/>
     <cellStyle name="Collegamento ipertestuale 2" xfId="1" xr:uid="{8259EE67-61E5-4DF3-BAC5-DA4F7B5D0D1C}"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="15">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -4625,52 +4908,52 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="27289" r="279"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9525" y="1123950"/>
           <a:ext cx="7127875" cy="2798150"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BD03FA02-7873-4209-8CD6-A484CF1414C8}" name="Tabella1" displayName="Tabella1" ref="A1:K384" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11">
-  <autoFilter ref="A1:K384" xr:uid="{BD03FA02-7873-4209-8CD6-A484CF1414C8}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BD03FA02-7873-4209-8CD6-A484CF1414C8}" name="Tabella1" displayName="Tabella1" ref="A1:K375" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11">
+  <autoFilter ref="A1:K375" xr:uid="{BD03FA02-7873-4209-8CD6-A484CF1414C8}"/>
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{CE62117E-270F-4CB5-9A06-A2E436B9C8A2}" name="Nome CER" dataDxfId="10"/>
     <tableColumn id="2" xr3:uid="{7169A051-CEA1-4AB2-8985-BDEAB99C2686}" name="Soggetto promotore" dataDxfId="9"/>
     <tableColumn id="3" xr3:uid="{46700A09-2CFD-4D4E-8357-118F35D31819}" name="Fonte dati" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{4B4E1A45-6BC8-4660-9C49-CE01D7DC91C0}" name="Provincia" dataDxfId="7"/>
     <tableColumn id="5" xr3:uid="{A7671D46-AE77-4D42-B685-3C8D6A5D7BEA}" name="Cabina primaria" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{1EB22DDD-0054-47A0-8407-4EE87426FD97}" name="Livello" dataDxfId="5"/>
     <tableColumn id="7" xr3:uid="{05E1B831-720D-4F28-A700-D26A86E7BAE5}" name="Forma giuridica" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{87177EC4-355A-4C2C-9E86-0E2627E9D6E4}" name="E-mail" dataDxfId="3"/>
     <tableColumn id="8" xr3:uid="{09EBC169-B9AF-4513-B5D9-A06BE477516E}" name="Link" dataDxfId="2"/>
     <tableColumn id="9" xr3:uid="{1265A64B-C892-448F-BD79-879D17E289DE}" name="Latitudine" dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{A143B40D-FC00-4280-A208-BC45CBD38E3D}" name="Longitudine" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight14" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4933,12597 +5216,12301 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D587DCD0-992D-4FD8-BD13-78ED4A0564F5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="50" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+      <c r="A1" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="24"/>
-      <c r="C1" s="24"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
     </row>
     <row r="2" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
     </row>
     <row r="3" spans="1:3" ht="200.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
     </row>
     <row r="4" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="1:3" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C5" s="25"/>
+      <c r="A5" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="B5" s="24"/>
+      <c r="C5" s="24"/>
     </row>
     <row r="6" spans="1:3" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="25" t="s">
+      <c r="A6" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="25"/>
-      <c r="C6" s="25"/>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
     </row>
     <row r="7" spans="1:3" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C7" s="25"/>
+      <c r="A7" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="B7" s="24"/>
+      <c r="C7" s="24"/>
     </row>
     <row r="8" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="23" t="s">
+      <c r="A8" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="23"/>
+      <c r="B8" s="22"/>
       <c r="C8" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="23" t="s">
+      <c r="A9" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="23"/>
+      <c r="B9" s="22"/>
       <c r="C9" s="6">
-        <v>45940</v>
+        <v>46101</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="23" t="s">
+      <c r="A10" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="23"/>
+      <c r="B10" s="22"/>
       <c r="C10" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
     </row>
     <row r="12" spans="1:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="7" t="s">
-        <v>531</v>
+        <v>425</v>
       </c>
       <c r="C12" s="5"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="or3+IerUpW8n8vccGxeBrR7CddMvv+M3+SNorj+QeYhvLHXt2MY8Gqbptdju+i4juGMOjmaYPUaclnCZfLFilA==" saltValue="jcbr1FgaIc4A+7tHuCt5dg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Cu7jojzmooz9gefeW5jvZTCK5P5vAPTv/odUJ5ItnWyPL9nKYrCYmr122yb3lhDKElhMzimqDmPTR70Z/LA0wQ==" saltValue="ddbmoOalI6DtXvQBPL4FFQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:B8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" xr:uid="{C07D7EC5-96BA-4DB7-87FF-D0F2A4BE99BB}"/>
     <hyperlink ref="C8" r:id="rId2" xr:uid="{B5AED3D9-C202-4144-91F1-39C7874C5482}"/>
     <hyperlink ref="B12" location="CER!A1" display="VAI AI DATI" xr:uid="{44682046-30F1-4EBB-A549-A5FC4D95E089}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" fitToHeight="0" orientation="portrait" r:id="rId3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95CBB6B8-3DF6-4969-A11C-ECA8A129D9E7}">
-  <dimension ref="A1:L384"/>
+  <dimension ref="A1:K375"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="50.5703125" style="20" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="11" width="10.5703125" style="20" customWidth="1"/>
+    <col min="1" max="2" width="50.5703125" style="19" customWidth="1"/>
+    <col min="3" max="3" width="30.5703125" style="19" customWidth="1"/>
+    <col min="4" max="4" width="20.5703125" style="19" customWidth="1"/>
+    <col min="5" max="5" width="30.5703125" style="19" customWidth="1"/>
+    <col min="6" max="8" width="20.5703125" style="19" customWidth="1"/>
+    <col min="9" max="9" width="30.5703125" style="19" customWidth="1"/>
+    <col min="10" max="11" width="10.5703125" style="19" customWidth="1"/>
     <col min="12" max="16384" width="10.5703125" style="18"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="9" t="s">
+        <v>236</v>
+      </c>
+      <c r="E1" s="9" t="s">
+        <v>237</v>
+      </c>
+      <c r="F1" s="9" t="s">
+        <v>238</v>
+      </c>
+      <c r="G1" s="9" t="s">
+        <v>239</v>
+      </c>
+      <c r="H1" s="9" t="s">
+        <v>838</v>
+      </c>
+      <c r="I1" s="9" t="s">
+        <v>839</v>
+      </c>
+      <c r="J1" s="9" t="s">
+        <v>409</v>
+      </c>
+      <c r="K1" s="9" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G2" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H2" s="10"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="12">
+        <v>45.825400000000002</v>
+      </c>
+      <c r="K2" s="12">
+        <v>10.091900000000001</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A3" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E3" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="F3" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G3" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H3" s="13"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="14">
+        <v>45.584193644958198</v>
+      </c>
+      <c r="K3" s="14">
+        <v>9.6985881679294099</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A4" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>831</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G4" s="10"/>
+      <c r="H4" s="10"/>
+      <c r="I4" s="21"/>
+      <c r="J4" s="12">
+        <v>45.893333333333331</v>
+      </c>
+      <c r="K4" s="12">
+        <v>9.9883333333333333</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A5" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C5" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E5" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G5" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J5" s="14">
+        <v>45.785277777777779</v>
+      </c>
+      <c r="K5" s="14">
+        <v>9.5680555555555546</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A6" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="12">
+        <v>45.75333333333333</v>
+      </c>
+      <c r="K6" s="12">
+        <v>9.9083333333333332</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A7" s="13" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C7" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>250</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H7" s="13"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="14">
+        <v>45.634722222222223</v>
+      </c>
+      <c r="K7" s="14">
+        <v>9.8150000000000013</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A8" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G8" s="10"/>
+      <c r="H8" s="10"/>
+      <c r="I8" s="21"/>
+      <c r="J8" s="12">
+        <v>45.619722222222222</v>
+      </c>
+      <c r="K8" s="12">
+        <v>9.7980555555555551</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A9" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>488</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="F9" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="14">
+        <v>45.57694444444445</v>
+      </c>
+      <c r="K9" s="14">
+        <v>9.5388888888888896</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>489</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G10" s="10"/>
+      <c r="H10" s="10"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="12">
+        <v>45.609444444444449</v>
+      </c>
+      <c r="K10" s="12">
+        <v>9.5297222222222224</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A11" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>490</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E11" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G11" s="13"/>
+      <c r="H11" s="13"/>
+      <c r="I11" s="20"/>
+      <c r="J11" s="14">
+        <v>45.819166666666668</v>
+      </c>
+      <c r="K11" s="14">
+        <v>9.8666666666666671</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G12" s="10"/>
+      <c r="H12" s="10"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="12">
+        <v>45.55555555555555</v>
+      </c>
+      <c r="K12" s="12">
+        <v>9.625</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A13" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>491</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="I13" s="20"/>
+      <c r="J13" s="14">
+        <v>45.552224000000002</v>
+      </c>
+      <c r="K13" s="14">
+        <v>9.616168</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G14" s="10"/>
+      <c r="H14" s="10"/>
+      <c r="I14" s="11"/>
+      <c r="J14" s="12">
+        <v>45.818888888888893</v>
+      </c>
+      <c r="K14" s="12">
+        <v>9.8563888888888886</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A15" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>493</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E15" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="F15" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="20"/>
+      <c r="J15" s="14">
+        <v>45.833055555555561</v>
+      </c>
+      <c r="K15" s="14">
+        <v>9.5447222222222212</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A16" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H16" s="10"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="12">
+        <v>45.553888888888885</v>
+      </c>
+      <c r="K16" s="12">
+        <v>9.531944444444445</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A17" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>495</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E17" s="13" t="s">
+        <v>263</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="20"/>
+      <c r="J17" s="14">
+        <v>45.470277777777781</v>
+      </c>
+      <c r="K17" s="14">
+        <v>9.8016666666666676</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A18" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>496</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H18" s="10"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="12">
+        <v>45.820277777777783</v>
+      </c>
+      <c r="K18" s="12">
+        <v>10.076944444444445</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A19" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>497</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D19" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="20"/>
+      <c r="J19" s="14">
+        <v>45.873888888888892</v>
+      </c>
+      <c r="K19" s="14">
+        <v>9.8197222222222216</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A20" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G20" s="10"/>
+      <c r="H20" s="10"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="12">
+        <v>45.584722222222226</v>
+      </c>
+      <c r="K20" s="12">
+        <v>9.8350000000000009</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A21" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>499</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="F21" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G21" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H21" s="13"/>
+      <c r="I21" s="20"/>
+      <c r="J21" s="14">
+        <v>45.87916666666667</v>
+      </c>
+      <c r="K21" s="14">
+        <v>9.8916666666666657</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A22" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>501</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G22" s="10"/>
+      <c r="H22" s="10"/>
+      <c r="I22" s="21"/>
+      <c r="J22" s="12">
+        <v>45.692777777777778</v>
+      </c>
+      <c r="K22" s="12">
+        <v>9.8058333333333341</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A23" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>502</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E23" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="F23" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="14">
+        <v>45.713611111111113</v>
+      </c>
+      <c r="K23" s="14">
+        <v>9.7352777777777764</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A24" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
+      <c r="I24" s="21"/>
+      <c r="J24" s="12">
+        <v>45.583055555555561</v>
+      </c>
+      <c r="K24" s="12">
+        <v>9.6691666666666656</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A25" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>504</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E25" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="F25" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="14">
+        <v>45.718611111111116</v>
+      </c>
+      <c r="K25" s="14">
+        <v>9.7066666666666652</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A26" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>505</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G26" s="10"/>
+      <c r="H26" s="10"/>
+      <c r="I26" s="21"/>
+      <c r="J26" s="12">
+        <v>45.604166666666671</v>
+      </c>
+      <c r="K26" s="12">
+        <v>9.6158333333333328</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A27" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>506</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E27" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="F27" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="14">
+        <v>45.908333333333331</v>
+      </c>
+      <c r="K27" s="14">
+        <v>9.931111111111111</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A28" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G28" s="10"/>
+      <c r="H28" s="10"/>
+      <c r="I28" s="21"/>
+      <c r="J28" s="12">
+        <v>45.640277777777776</v>
+      </c>
+      <c r="K28" s="12">
+        <v>9.5572222222222223</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A29" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D29" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="F29" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H29" s="13" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I29" s="20" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J29" s="14">
+        <v>45.800100338796597</v>
+      </c>
+      <c r="K29" s="14">
+        <v>9.7707860046346102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>508</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G30" s="10"/>
+      <c r="H30" s="10"/>
+      <c r="I30" s="21"/>
+      <c r="J30" s="12">
+        <v>45.664166666666667</v>
+      </c>
+      <c r="K30" s="12">
+        <v>9.7825000000000006</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>509</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D31" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="F31" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G31" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H31" s="13"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="14">
+        <v>45.831388888888895</v>
+      </c>
+      <c r="K31" s="14">
+        <v>10.093888888888889</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A32" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G32" s="10"/>
+      <c r="H32" s="10"/>
+      <c r="I32" s="21"/>
+      <c r="J32" s="12">
+        <v>45.646944444444443</v>
+      </c>
+      <c r="K32" s="12">
+        <v>9.6005555555555553</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A33" s="13" t="s">
+        <v>951</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>952</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D33" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E33" s="13" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F33" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G33" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H33" s="13"/>
+      <c r="I33" s="20"/>
+      <c r="J33" s="14">
+        <v>45.618778854000396</v>
+      </c>
+      <c r="K33" s="14">
+        <v>9.7754919173078196</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A34" s="10" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H34" s="10" t="s">
+        <v>911</v>
+      </c>
+      <c r="I34" s="21" t="s">
+        <v>778</v>
+      </c>
+      <c r="J34" s="12">
+        <v>45.478000000000002</v>
+      </c>
+      <c r="K34" s="12">
+        <v>9.7739999999999991</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A35" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>511</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D35" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E35" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="F35" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="20"/>
+      <c r="J35" s="14">
+        <v>45.671944444444442</v>
+      </c>
+      <c r="K35" s="14">
+        <v>9.4938888888888879</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A36" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I36" s="21" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J36" s="12">
+        <v>45.568960921863003</v>
+      </c>
+      <c r="K36" s="12">
+        <v>9.5698477233875892</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A37" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>512</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D37" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E37" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="F37" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G37" s="13"/>
+      <c r="H37" s="13"/>
+      <c r="I37" s="20"/>
+      <c r="J37" s="14">
+        <v>45.831944444444446</v>
+      </c>
+      <c r="K37" s="14">
+        <v>9.5130555555555549</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A38" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H38" s="10"/>
+      <c r="I38" s="21"/>
+      <c r="J38" s="12">
+        <v>45.997545644451698</v>
+      </c>
+      <c r="K38" s="12">
+        <v>10.091942262467899</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A39" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>513</v>
+      </c>
+      <c r="C39" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E39" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="F39" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G39" s="13"/>
+      <c r="H39" s="13" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I39" s="20"/>
+      <c r="J39" s="14">
+        <v>45.587222222222223</v>
+      </c>
+      <c r="K39" s="14">
+        <v>9.6024999999999991</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A40" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>514</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G40" s="10"/>
+      <c r="H40" s="10"/>
+      <c r="I40" s="21"/>
+      <c r="J40" s="12">
+        <v>45.6875</v>
+      </c>
+      <c r="K40" s="12">
+        <v>9.7688888888888901</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A41" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>515</v>
+      </c>
+      <c r="C41" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="F41" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="20"/>
+      <c r="J41" s="14">
+        <v>45.512500000000003</v>
+      </c>
+      <c r="K41" s="14">
+        <v>9.7058333333333326</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A42" s="10" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="F42" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G42" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H42" s="10"/>
+      <c r="I42" s="21"/>
+      <c r="J42" s="12">
+        <v>45.729166666666671</v>
+      </c>
+      <c r="K42" s="12">
+        <v>9.7161111111111111</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A43" s="13" t="s">
+        <v>740</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E43" s="13" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F43" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G43" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H43" s="13" t="s">
+        <v>840</v>
+      </c>
+      <c r="I43" s="20" t="s">
+        <v>413</v>
+      </c>
+      <c r="J43" s="14">
+        <v>45.654950378159199</v>
+      </c>
+      <c r="K43" s="14">
+        <v>9.6119752133549401</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A44" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G44" s="10"/>
+      <c r="H44" s="10"/>
+      <c r="I44" s="21"/>
+      <c r="J44" s="12">
+        <v>45.691944444444438</v>
+      </c>
+      <c r="K44" s="12">
+        <v>9.6111111111111107</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A45" s="13" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E45" s="13" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F45" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G45" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H45" s="13" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I45" s="20" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J45" s="14">
+        <v>45.744</v>
+      </c>
+      <c r="K45" s="14">
+        <v>9.9030000000000005</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A46" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>954</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H46" s="10" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I46" s="21" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J46" s="12">
+        <v>45.522222222222219</v>
+      </c>
+      <c r="K46" s="12">
+        <v>9.5933333333333337</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A47" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>517</v>
+      </c>
+      <c r="C47" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E47" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="F47" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G47" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H47" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="I47" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="J47" s="14">
+        <v>45.497147652900701</v>
+      </c>
+      <c r="K47" s="14">
+        <v>9.6438730982631498</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A48" s="10" t="s">
+        <v>741</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H48" s="10" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I48" s="21" t="s">
+        <v>842</v>
+      </c>
+      <c r="J48" s="12">
+        <v>45.698869551191898</v>
+      </c>
+      <c r="K48" s="12">
+        <v>9.6716707210388009</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A49" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>518</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E49" s="13" t="s">
+        <v>248</v>
+      </c>
+      <c r="F49" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="20"/>
+      <c r="J49" s="14">
+        <v>45.67722222222222</v>
+      </c>
+      <c r="K49" s="14">
+        <v>9.8266666666666662</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A50" s="10" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H50" s="10" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I50" s="21" t="s">
+        <v>1269</v>
+      </c>
+      <c r="J50" s="12">
+        <v>45.681536047441902</v>
+      </c>
+      <c r="K50" s="12">
+        <v>9.6692231594470606</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A51" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>519</v>
+      </c>
+      <c r="C51" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E51" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="F51" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G51" s="13"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="20"/>
+      <c r="J51" s="14">
+        <v>45.565555555555555</v>
+      </c>
+      <c r="K51" s="14">
+        <v>9.6408333333333331</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A52" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H52" s="10" t="s">
+        <v>843</v>
+      </c>
+      <c r="I52" s="21" t="s">
+        <v>411</v>
+      </c>
+      <c r="J52" s="12">
+        <v>45.694989911300702</v>
+      </c>
+      <c r="K52" s="12">
+        <v>9.5156696520653394</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A53" s="13" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="F53" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G53" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H53" s="13" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I53" s="20"/>
+      <c r="J53" s="14">
+        <v>45.764672509999997</v>
+      </c>
+      <c r="K53" s="14">
+        <v>10.49480548</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A54" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>443</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H54" s="10" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I54" s="21" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J54" s="12">
+        <v>45.527439724356199</v>
+      </c>
+      <c r="K54" s="12">
+        <v>10.4948038314425</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A55" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C55" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D55" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E55" s="13" t="s">
+        <v>438</v>
+      </c>
+      <c r="F55" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G55" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H55" s="13"/>
+      <c r="I55" s="20"/>
+      <c r="J55" s="14">
+        <v>45.348466775737101</v>
+      </c>
+      <c r="K55" s="14">
+        <v>10.341896587348501</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A56" s="10" t="s">
+        <v>799</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H56" s="10" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I56" s="21"/>
+      <c r="J56" s="12">
+        <v>45.582222222222228</v>
+      </c>
+      <c r="K56" s="12">
+        <v>10.025</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A57" s="13" t="s">
+        <v>435</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>520</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E57" s="13" t="s">
+        <v>436</v>
+      </c>
+      <c r="F57" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G57" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H57" s="13" t="s">
+        <v>1171</v>
+      </c>
+      <c r="I57" s="20" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J57" s="14">
+        <v>45.307777777777773</v>
+      </c>
+      <c r="K57" s="14">
+        <v>10.410555555555556</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A58" s="10" t="s">
+        <v>800</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>785</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H58" s="10" t="s">
+        <v>844</v>
+      </c>
+      <c r="I58" s="21" t="s">
+        <v>786</v>
+      </c>
+      <c r="J58" s="12">
+        <v>45.62166666666667</v>
+      </c>
+      <c r="K58" s="12">
+        <v>9.9608333333333334</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A59" s="13" t="s">
+        <v>958</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>959</v>
+      </c>
+      <c r="C59" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D59" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E59" s="13" t="s">
+        <v>276</v>
+      </c>
+      <c r="F59" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G59" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H59" s="13" t="s">
+        <v>962</v>
+      </c>
+      <c r="I59" s="20" t="s">
+        <v>963</v>
+      </c>
+      <c r="J59" s="14">
+        <v>45.266666666666666</v>
+      </c>
+      <c r="K59" s="14">
+        <v>10.149722222222222</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A60" s="10" t="s">
+        <v>736</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>737</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="F60" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H60" s="10"/>
+      <c r="I60" s="21" t="s">
+        <v>995</v>
+      </c>
+      <c r="J60" s="12">
+        <v>45.810966108904601</v>
+      </c>
+      <c r="K60" s="12">
+        <v>10.790919764681</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A61" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D61" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E61" s="13" t="s">
+        <v>294</v>
+      </c>
+      <c r="F61" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G61" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H61" s="13" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I61" s="20" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J61" s="14">
+        <v>45.4293039429839</v>
+      </c>
+      <c r="K61" s="14">
+        <v>10.1792208630786</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A62" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>801</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H62" s="10" t="s">
+        <v>845</v>
+      </c>
+      <c r="I62" s="21" t="s">
+        <v>802</v>
+      </c>
+      <c r="J62" s="12">
+        <v>45.407222222222224</v>
+      </c>
+      <c r="K62" s="12">
+        <v>10.053333333333335</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A63" s="13" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C63" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D63" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E63" s="13" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F63" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G63" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H63" s="13" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I63" s="17" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J63" s="14">
+        <v>45.511666666666663</v>
+      </c>
+      <c r="K63" s="14">
+        <v>10.421388888888888</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A64" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>521</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F64" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H64" s="10" t="s">
+        <v>846</v>
+      </c>
+      <c r="I64" s="21" t="s">
+        <v>728</v>
+      </c>
+      <c r="J64" s="12">
+        <v>45.503055555555555</v>
+      </c>
+      <c r="K64" s="12">
+        <v>10.0375</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A65" s="13" t="s">
+        <v>803</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C65" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D65" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E65" s="13" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F65" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G65" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H65" s="13" t="s">
+        <v>847</v>
+      </c>
+      <c r="I65" s="20" t="s">
+        <v>804</v>
+      </c>
+      <c r="J65" s="14">
+        <v>45.594444444444449</v>
+      </c>
+      <c r="K65" s="14">
+        <v>10.244444444444444</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A66" s="10" t="s">
+        <v>996</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>997</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E66" s="10" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F66" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H66" s="10" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I66" s="21" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J66" s="12">
+        <v>45.678794172672298</v>
+      </c>
+      <c r="K66" s="12">
+        <v>10.187316549773</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A67" s="13" t="s">
+        <v>998</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>999</v>
+      </c>
+      <c r="C67" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E67" s="13" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F67" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G67" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H67" s="13" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I67" s="20" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J67" s="14">
+        <v>45.678794172672298</v>
+      </c>
+      <c r="K67" s="14">
+        <v>10.187316549773</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A68" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E68" s="10" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F68" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H68" s="10" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I68" s="21" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J68" s="12">
+        <v>45.678794172672298</v>
+      </c>
+      <c r="K68" s="12">
+        <v>10.187316549773</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A69" s="13" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B69" s="13" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C69" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D69" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E69" s="13" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F69" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G69" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H69" s="13" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I69" s="20" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J69" s="14">
+        <v>45.456111111111113</v>
+      </c>
+      <c r="K69" s="14">
+        <v>10.413611111111111</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A70" s="10" t="s">
+        <v>960</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>961</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="F70" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H70" s="10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I70" s="21" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J70" s="12">
+        <v>45.586111111111116</v>
+      </c>
+      <c r="K70" s="12">
+        <v>9.9441666666666677</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A71" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>522</v>
+      </c>
+      <c r="C71" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E71" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="F71" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G71" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H71" s="13"/>
+      <c r="I71" s="20"/>
+      <c r="J71" s="14">
+        <v>45.349722222222226</v>
+      </c>
+      <c r="K71" s="14">
+        <v>10.345000000000001</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A72" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="F72" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H72" s="10"/>
+      <c r="I72" s="21"/>
+      <c r="J72" s="12">
+        <v>45.497500000000002</v>
+      </c>
+      <c r="K72" s="12">
+        <v>10.144444444444444</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A73" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>524</v>
+      </c>
+      <c r="C73" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D73" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E73" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="F73" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G73" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H73" s="13"/>
+      <c r="I73" s="20"/>
+      <c r="J73" s="14">
+        <v>45.630555555555553</v>
+      </c>
+      <c r="K73" s="14">
+        <v>9.9852777777777764</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A74" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>525</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E74" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="F74" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G74" s="10"/>
+      <c r="H74" s="10"/>
+      <c r="I74" s="21"/>
+      <c r="J74" s="12">
+        <v>45.88111111111111</v>
+      </c>
+      <c r="K74" s="12">
+        <v>10.183333333333334</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A75" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C75" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E75" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="F75" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G75" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H75" s="13" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I75" s="20" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J75" s="14">
+        <v>45.404166666666669</v>
+      </c>
+      <c r="K75" s="14">
+        <v>10.27638888888889</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A76" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>526</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="F76" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G76" s="10"/>
+      <c r="H76" s="10"/>
+      <c r="I76" s="21"/>
+      <c r="J76" s="12">
+        <v>45.414444444444442</v>
+      </c>
+      <c r="K76" s="12">
+        <v>10.392222222222221</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A77" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>527</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D77" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E77" s="13" t="s">
+        <v>296</v>
+      </c>
+      <c r="F77" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
+      <c r="I77" s="20"/>
+      <c r="J77" s="14">
+        <v>45.647777777777776</v>
+      </c>
+      <c r="K77" s="14">
+        <v>10.389444444444443</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A78" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E78" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="E1" s="9" t="s">
+      <c r="F78" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H78" s="10"/>
+      <c r="I78" s="21"/>
+      <c r="J78" s="12">
+        <v>45.420833333333334</v>
+      </c>
+      <c r="K78" s="12">
+        <v>9.9627777777777773</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A79" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B79" s="13" t="s">
+        <v>530</v>
+      </c>
+      <c r="C79" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D79" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E79" s="13" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F79" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G79" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H79" s="13" t="s">
+        <v>849</v>
+      </c>
+      <c r="I79" s="20" t="s">
+        <v>532</v>
+      </c>
+      <c r="J79" s="14">
+        <v>45.7121916343647</v>
+      </c>
+      <c r="K79" s="14">
+        <v>10.110264728000899</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A80" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>806</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E80" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="F80" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H80" s="10" t="s">
+        <v>850</v>
+      </c>
+      <c r="I80" s="21" t="s">
+        <v>807</v>
+      </c>
+      <c r="J80" s="12">
+        <v>45.444722222222218</v>
+      </c>
+      <c r="K80" s="12">
+        <v>10.008611111111112</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A81" s="13" t="s">
+        <v>851</v>
+      </c>
+      <c r="B81" s="13" t="s">
+        <v>852</v>
+      </c>
+      <c r="C81" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D81" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E81" s="13" t="s">
+        <v>283</v>
+      </c>
+      <c r="F81" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G81" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H81" s="13" t="s">
+        <v>853</v>
+      </c>
+      <c r="I81" s="20" t="s">
+        <v>854</v>
+      </c>
+      <c r="J81" s="14">
+        <v>45.562057100706298</v>
+      </c>
+      <c r="K81" s="14">
+        <v>9.9779950005844196</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A82" s="10" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F82" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G82" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H82" s="10" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I82" s="21" t="s">
+        <v>1012</v>
+      </c>
+      <c r="J82" s="12">
+        <v>45.651388888888889</v>
+      </c>
+      <c r="K82" s="12">
+        <v>10.264444444444445</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A83" s="13" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B83" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="C83" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D83" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E83" s="13" t="s">
+        <v>795</v>
+      </c>
+      <c r="F83" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G83" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H83" s="13"/>
+      <c r="I83" s="20"/>
+      <c r="J83" s="14">
+        <v>45.569000000000003</v>
+      </c>
+      <c r="K83" s="14">
+        <v>10.529</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A84" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E84" s="10" t="s">
+        <v>439</v>
+      </c>
+      <c r="F84" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G84" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H84" s="10" t="s">
+        <v>855</v>
+      </c>
+      <c r="I84" s="21" t="s">
+        <v>834</v>
+      </c>
+      <c r="J84" s="12">
+        <v>45.473055555555554</v>
+      </c>
+      <c r="K84" s="12">
+        <v>10.538611111111111</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A85" s="13" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D85" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E85" s="13" t="s">
+        <v>278</v>
+      </c>
+      <c r="F85" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G85" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H85" s="13" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I85" s="20" t="s">
+        <v>848</v>
+      </c>
+      <c r="J85" s="14">
+        <v>45.477777777777781</v>
+      </c>
+      <c r="K85" s="14">
+        <v>10.241388888888888</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A86" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="F86" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G86" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H86" s="10" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I86" s="21" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J86" s="12">
+        <v>45.472222222222221</v>
+      </c>
+      <c r="K86" s="12">
+        <v>10.301666666666668</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A87" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>531</v>
+      </c>
+      <c r="C87" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D87" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E87" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="F87" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G87" s="13"/>
+      <c r="H87" s="13"/>
+      <c r="I87" s="20"/>
+      <c r="J87" s="14">
+        <v>45.696944444444441</v>
+      </c>
+      <c r="K87" s="14">
+        <v>10.318888888888889</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A88" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E88" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="F88" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G88" s="10"/>
+      <c r="H88" s="10"/>
+      <c r="I88" s="21"/>
+      <c r="J88" s="12">
+        <v>46.180833333333332</v>
+      </c>
+      <c r="K88" s="12">
+        <v>10.329444444444444</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A89" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B89" s="13" t="s">
+        <v>534</v>
+      </c>
+      <c r="C89" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D89" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E89" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="F89" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G89" s="13"/>
+      <c r="H89" s="13"/>
+      <c r="I89" s="20"/>
+      <c r="J89" s="14">
+        <v>45.586111111111116</v>
+      </c>
+      <c r="K89" s="14">
+        <v>10.438611111111111</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A90" s="10" t="s">
+        <v>856</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="F90" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G90" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H90" s="10" t="s">
+        <v>857</v>
+      </c>
+      <c r="I90" s="21" t="s">
+        <v>858</v>
+      </c>
+      <c r="J90" s="12">
+        <v>45.596111111111114</v>
+      </c>
+      <c r="K90" s="12">
+        <v>10.153055555555556</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A91" s="13" t="s">
+        <v>426</v>
+      </c>
+      <c r="B91" s="13" t="s">
+        <v>535</v>
+      </c>
+      <c r="C91" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D91" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E91" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F91" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G91" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H91" s="13" t="s">
+        <v>859</v>
+      </c>
+      <c r="I91" s="20" t="s">
+        <v>448</v>
+      </c>
+      <c r="J91" s="14">
+        <v>45.301666666666662</v>
+      </c>
+      <c r="K91" s="14">
+        <v>10.206666666666665</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A92" s="10" t="s">
+        <v>964</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>965</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E92" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="F92" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G92" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>966</v>
+      </c>
+      <c r="I92" s="21" t="s">
+        <v>967</v>
+      </c>
+      <c r="J92" s="12">
+        <v>45.243333333333332</v>
+      </c>
+      <c r="K92" s="12">
+        <v>10.17861111111111</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A93" s="13" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="C93" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D93" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E93" s="13" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F93" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G93" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H93" s="13" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I93" s="20"/>
+      <c r="J93" s="14">
+        <v>45.945999999999998</v>
+      </c>
+      <c r="K93" s="14">
+        <v>10.231</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A94" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F94" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G94" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H94" s="10" t="s">
+        <v>860</v>
+      </c>
+      <c r="I94" s="21" t="s">
+        <v>773</v>
+      </c>
+      <c r="J94" s="12">
+        <v>45.423048999999999</v>
+      </c>
+      <c r="K94" s="12">
+        <v>10.53331</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A95" s="13" t="s">
+        <v>968</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>969</v>
+      </c>
+      <c r="C95" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D95" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E95" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="F95" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G95" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H95" s="13" t="s">
+        <v>970</v>
+      </c>
+      <c r="I95" s="20" t="s">
+        <v>971</v>
+      </c>
+      <c r="J95" s="14">
+        <v>45.598621924584897</v>
+      </c>
+      <c r="K95" s="14">
+        <v>9.9722960893143799</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A96" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>972</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>278</v>
+      </c>
+      <c r="F96" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G96" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H96" s="10" t="s">
+        <v>973</v>
+      </c>
+      <c r="I96" s="21" t="s">
+        <v>974</v>
+      </c>
+      <c r="J96" s="12">
+        <v>45.484166666666667</v>
+      </c>
+      <c r="K96" s="12">
+        <v>10.176666666666666</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A97" s="13" t="s">
+        <v>686</v>
+      </c>
+      <c r="B97" s="13" t="s">
+        <v>687</v>
+      </c>
+      <c r="C97" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D97" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E97" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="F97" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G97" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H97" s="13" t="s">
+        <v>861</v>
+      </c>
+      <c r="I97" s="20" t="s">
+        <v>711</v>
+      </c>
+      <c r="J97" s="14">
+        <v>45.25472222222222</v>
+      </c>
+      <c r="K97" s="14">
+        <v>10.296388888888888</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A98" s="10" t="s">
+        <v>427</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>536</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="F98" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G98" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H98" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="I98" s="21" t="s">
+        <v>450</v>
+      </c>
+      <c r="J98" s="12">
+        <v>45.545561570276298</v>
+      </c>
+      <c r="K98" s="12">
+        <v>10.384878603929799</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A99" s="13" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B99" s="13" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D99" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E99" s="13" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F99" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G99" s="13"/>
+      <c r="H99" s="13"/>
+      <c r="I99" s="20"/>
+      <c r="J99" s="14">
+        <v>45.623333333333335</v>
+      </c>
+      <c r="K99" s="14">
+        <v>10.564166666666667</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A100" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E100" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="F100" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G100" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H100" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="I100" s="21" t="s">
+        <v>808</v>
+      </c>
+      <c r="J100" s="12">
+        <v>45.309166666666663</v>
+      </c>
+      <c r="K100" s="12">
+        <v>10.321111111111112</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A101" s="13" t="s">
+        <v>788</v>
+      </c>
+      <c r="B101" s="13" t="s">
+        <v>789</v>
+      </c>
+      <c r="C101" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D101" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E101" s="13" t="s">
+        <v>794</v>
+      </c>
+      <c r="F101" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G101" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H101" s="13" t="s">
+        <v>864</v>
+      </c>
+      <c r="I101" s="20" t="s">
+        <v>809</v>
+      </c>
+      <c r="J101" s="14">
+        <v>45.3675</v>
+      </c>
+      <c r="K101" s="14">
+        <v>10.219722222222222</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A102" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C102" s="10" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E102" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F102" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G102" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H102" s="10" t="s">
+        <v>865</v>
+      </c>
+      <c r="I102" s="21" t="s">
+        <v>712</v>
+      </c>
+      <c r="J102" s="12">
+        <v>45.4848010768766</v>
+      </c>
+      <c r="K102" s="12">
+        <v>10.0549195151945</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A103" s="13" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>688</v>
+      </c>
+      <c r="C103" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D103" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E103" s="13" t="s">
+        <v>439</v>
+      </c>
+      <c r="F103" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G103" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H103" s="13" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I103" s="20" t="s">
+        <v>1015</v>
+      </c>
+      <c r="J103" s="14">
+        <v>45.462222222222223</v>
+      </c>
+      <c r="K103" s="14">
+        <v>10.485277777777776</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A104" s="10" t="s">
+        <v>701</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>702</v>
+      </c>
+      <c r="C104" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E104" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F104" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G104" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H104" s="10" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I104" s="21" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J104" s="12">
+        <v>45.450124964797403</v>
+      </c>
+      <c r="K104" s="12">
+        <v>10.076326235581901</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A105" s="13" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C105" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D105" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E105" s="13" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F105" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G105" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H105" s="13" t="s">
+        <v>1029</v>
+      </c>
+      <c r="I105" s="20" t="s">
+        <v>1030</v>
+      </c>
+      <c r="J105" s="14">
+        <v>45.356111111111112</v>
+      </c>
+      <c r="K105" s="14">
+        <v>10.141944444444444</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A106" s="10" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F106" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G106" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H106" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I106" s="21" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J106" s="12">
+        <v>45.5497369114766</v>
+      </c>
+      <c r="K106" s="12">
+        <v>10.5512446400811</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A107" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B107" s="13" t="s">
+        <v>689</v>
+      </c>
+      <c r="C107" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D107" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E107" s="13" t="s">
+        <v>291</v>
+      </c>
+      <c r="F107" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G107" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H107" s="13" t="s">
+        <v>866</v>
+      </c>
+      <c r="I107" s="20" t="s">
+        <v>713</v>
+      </c>
+      <c r="J107" s="14">
+        <v>45.520833333333336</v>
+      </c>
+      <c r="K107" s="14">
+        <v>10.351388888888888</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A108" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E108" s="10" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F108" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H108" s="10" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I108" s="21" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J108" s="12">
+        <v>45.756</v>
+      </c>
+      <c r="K108" s="12">
+        <v>10.3795</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A109" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B109" s="13" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C109" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D109" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E109" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F109" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G109" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H109" s="13" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I109" s="20" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J109" s="14">
+        <v>45.274127687562</v>
+      </c>
+      <c r="K109" s="14">
+        <v>10.2015902907817</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A110" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="F110" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G110" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H110" s="10" t="s">
+        <v>871</v>
+      </c>
+      <c r="I110" s="21" t="s">
+        <v>451</v>
+      </c>
+      <c r="J110" s="12">
+        <v>46.211657221777102</v>
+      </c>
+      <c r="K110" s="12">
+        <v>10.3396172623104</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A111" s="13" t="s">
+        <v>428</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>538</v>
+      </c>
+      <c r="C111" s="13" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D111" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E111" s="13" t="s">
+        <v>714</v>
+      </c>
+      <c r="F111" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G111" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H111" s="13" t="s">
+        <v>872</v>
+      </c>
+      <c r="I111" s="20" t="s">
+        <v>452</v>
+      </c>
+      <c r="J111" s="14">
+        <v>45.631816066293503</v>
+      </c>
+      <c r="K111" s="14">
+        <v>10.099656394386001</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A112" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>787</v>
+      </c>
+      <c r="C112" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E112" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="F112" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>873</v>
+      </c>
+      <c r="I112" s="21" t="s">
+        <v>805</v>
+      </c>
+      <c r="J112" s="12">
+        <v>45.444444444444443</v>
+      </c>
+      <c r="K112" s="12">
+        <v>10.229722222222222</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A113" s="13" t="s">
+        <v>975</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C113" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D113" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E113" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="F113" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G113" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H113" s="13" t="s">
+        <v>976</v>
+      </c>
+      <c r="I113" s="20" t="s">
+        <v>977</v>
+      </c>
+      <c r="J113" s="14">
+        <v>45.559999999999995</v>
+      </c>
+      <c r="K113" s="14">
+        <v>10.471666666666668</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A114" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E114" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="F114" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H114" s="10"/>
+      <c r="I114" s="21"/>
+      <c r="J114" s="12">
+        <v>45.38926</v>
+      </c>
+      <c r="K114" s="12">
+        <v>10.43817</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A115" s="13" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B115" s="13" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C115" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D115" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E115" s="13" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F115" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G115" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H115" s="13" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I115" s="20" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J115" s="14">
+        <v>45.388055555555553</v>
+      </c>
+      <c r="K115" s="14">
+        <v>10.118055555555555</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A116" s="10" t="s">
+        <v>978</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H116" s="10" t="s">
+        <v>980</v>
+      </c>
+      <c r="I116" s="21" t="s">
+        <v>981</v>
+      </c>
+      <c r="J116" s="12">
+        <v>45.402777777777779</v>
+      </c>
+      <c r="K116" s="12">
+        <v>9.9244444444444433</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A117" s="13" t="s">
+        <v>690</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>691</v>
+      </c>
+      <c r="C117" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D117" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E117" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="F117" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G117" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H117" s="13" t="s">
+        <v>874</v>
+      </c>
+      <c r="I117" s="20" t="s">
+        <v>715</v>
+      </c>
+      <c r="J117" s="14">
+        <v>45.598055555555561</v>
+      </c>
+      <c r="K117" s="14">
+        <v>9.8822222222222234</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A118" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E118" s="10" t="s">
         <v>299</v>
       </c>
-      <c r="F1" s="9" t="s">
+      <c r="F118" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G118" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H118" s="10" t="s">
+        <v>983</v>
+      </c>
+      <c r="I118" s="21" t="s">
+        <v>984</v>
+      </c>
+      <c r="J118" s="12">
+        <v>45.602222222222224</v>
+      </c>
+      <c r="K118" s="12">
+        <v>10.059722222222224</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A119" s="13" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B119" s="13" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C119" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D119" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E119" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="F119" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G119" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H119" s="13" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I119" s="20" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J119" s="14">
+        <v>45.431222354672897</v>
+      </c>
+      <c r="K119" s="14">
+        <v>9.9871991770492397</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A120" s="10" t="s">
+        <v>790</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>791</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E120" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="F120" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G120" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H120" s="10" t="s">
+        <v>875</v>
+      </c>
+      <c r="I120" s="21" t="s">
+        <v>796</v>
+      </c>
+      <c r="J120" s="12">
+        <v>46.261666666666663</v>
+      </c>
+      <c r="K120" s="12">
+        <v>10.511388888888888</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A121" s="13" t="s">
+        <v>985</v>
+      </c>
+      <c r="B121" s="13" t="s">
+        <v>986</v>
+      </c>
+      <c r="C121" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D121" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E121" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="F121" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G121" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H121" s="13" t="s">
+        <v>987</v>
+      </c>
+      <c r="I121" s="20" t="s">
+        <v>988</v>
+      </c>
+      <c r="J121" s="14">
+        <v>45.57</v>
+      </c>
+      <c r="K121" s="14">
+        <v>9.8530555555555548</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A122" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E122" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="F122" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G122" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H122" s="10" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I122" s="21" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J122" s="12">
+        <v>45.404444444444444</v>
+      </c>
+      <c r="K122" s="12">
+        <v>10.628611111111111</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A123" s="13" t="s">
+        <v>738</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>709</v>
+      </c>
+      <c r="C123" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D123" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E123" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F123" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G123" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H123" s="13" t="s">
+        <v>876</v>
+      </c>
+      <c r="I123" s="20" t="s">
+        <v>710</v>
+      </c>
+      <c r="J123" s="14">
+        <v>45.267499999999998</v>
+      </c>
+      <c r="K123" s="14">
+        <v>10.217777777777778</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A124" s="10" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E124" s="10" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F124" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G124" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H124" s="10" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I124" s="21" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J124" s="12">
+        <v>45.546666666666667</v>
+      </c>
+      <c r="K124" s="12">
+        <v>10.414722222222222</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A125" s="13" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B125" s="13" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C125" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D125" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E125" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="F125" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G125" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H125" s="13" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I125" s="20"/>
+      <c r="J125" s="14">
+        <v>45.578758888127901</v>
+      </c>
+      <c r="K125" s="14">
+        <v>10.4331294998826</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A126" s="10" t="s">
+        <v>868</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>869</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>870</v>
+      </c>
+      <c r="F126" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G126" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H126" s="10" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I126" s="21" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J126" s="12">
+        <v>45.63527777777778</v>
+      </c>
+      <c r="K126" s="12">
+        <v>10.051111111111112</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A127" s="13" t="s">
+        <v>467</v>
+      </c>
+      <c r="B127" s="13" t="s">
+        <v>540</v>
+      </c>
+      <c r="C127" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D127" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E127" s="13" t="s">
+        <v>468</v>
+      </c>
+      <c r="F127" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G127" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H127" s="13" t="s">
+        <v>877</v>
+      </c>
+      <c r="I127" s="20" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J127" s="14">
+        <v>45.622338850373197</v>
+      </c>
+      <c r="K127" s="14">
+        <v>10.4955332802474</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A128" s="10" t="s">
+        <v>810</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>811</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E128" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="F128" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G128" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H128" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="I128" s="21" t="s">
+        <v>812</v>
+      </c>
+      <c r="J128" s="12">
+        <v>45.278723803191298</v>
+      </c>
+      <c r="K128" s="12">
+        <v>10.372241838632201</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A129" s="13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B129" s="13" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C129" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D129" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E129" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="F129" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G129" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H129" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="I129" s="20" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J129" s="14">
+        <v>45.464722222222228</v>
+      </c>
+      <c r="K129" s="14">
+        <v>9.9124999999999996</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A130" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>541</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E130" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="G1" s="9" t="s">
+      <c r="F130" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G130" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H130" s="10" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I130" s="21"/>
+      <c r="J130" s="12">
+        <v>45.528333333333329</v>
+      </c>
+      <c r="K130" s="12">
+        <v>10.149722222222222</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A131" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B131" s="13" t="s">
+        <v>542</v>
+      </c>
+      <c r="C131" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D131" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E131" s="13" t="s">
         <v>301</v>
       </c>
-      <c r="H1" s="9" t="s">
+      <c r="F131" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G131" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H131" s="13" t="s">
+        <v>878</v>
+      </c>
+      <c r="I131" s="20" t="s">
+        <v>453</v>
+      </c>
+      <c r="J131" s="14">
+        <v>45.488333333333337</v>
+      </c>
+      <c r="K131" s="14">
+        <v>9.8844444444444441</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A132" s="10" t="s">
+        <v>792</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E132" s="10" t="s">
+        <v>795</v>
+      </c>
+      <c r="F132" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H132" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="I132" s="21" t="s">
+        <v>813</v>
+      </c>
+      <c r="J132" s="12">
+        <v>45.606944444444444</v>
+      </c>
+      <c r="K132" s="12">
+        <v>10.523611111111112</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A133" s="13" t="s">
+        <v>814</v>
+      </c>
+      <c r="B133" s="13" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C133" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D133" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E133" s="13" t="s">
+        <v>302</v>
+      </c>
+      <c r="F133" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G133" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H133" s="13" t="s">
+        <v>879</v>
+      </c>
+      <c r="I133" s="20" t="s">
+        <v>449</v>
+      </c>
+      <c r="J133" s="14">
+        <v>45.370555555555555</v>
+      </c>
+      <c r="K133" s="14">
+        <v>10.02888888888889</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A134" s="10" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E134" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="F134" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G134" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H134" s="10" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I134" s="21" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J134" s="12">
+        <v>45.494444444444447</v>
+      </c>
+      <c r="K134" s="12">
+        <v>10.608333333333333</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A135" s="13" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B135" s="13" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C135" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D135" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E135" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="F135" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G135" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H135" s="13" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I135" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J135" s="14">
+        <v>45.913342395614599</v>
+      </c>
+      <c r="K135" s="14">
+        <v>10.211912054429799</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A136" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="F136" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H136" s="10" t="s">
+        <v>877</v>
+      </c>
+      <c r="I136" s="21" t="s">
+        <v>1220</v>
+      </c>
+      <c r="J136" s="12">
+        <v>45.69</v>
+      </c>
+      <c r="K136" s="12">
+        <v>10.664444444444445</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A137" s="13" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B137" s="13" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C137" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D137" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E137" s="13" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F137" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G137" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H137" s="13" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I137" s="20" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J137" s="14">
+        <v>45.512777777777778</v>
+      </c>
+      <c r="K137" s="14">
+        <v>10.115555555555556</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A138" s="10" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E138" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="F138" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G138" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H138" s="10" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I138" s="21" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J138" s="12">
+        <v>45.572000000000003</v>
+      </c>
+      <c r="K138" s="12">
+        <v>10.17489</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A139" s="13" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B139" s="13" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C139" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D139" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E139" s="13" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F139" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G139" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H139" s="13" t="s">
+        <v>1224</v>
+      </c>
+      <c r="I139" s="20" t="s">
+        <v>1225</v>
+      </c>
+      <c r="J139" s="14">
+        <v>45.641595888068103</v>
+      </c>
+      <c r="K139" s="14">
+        <v>10.6093389439572</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A140" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E140" s="10" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F140" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G140" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H140" s="10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I140" s="21" t="s">
+        <v>454</v>
+      </c>
+      <c r="J140" s="12">
+        <v>45.957079078190397</v>
+      </c>
+      <c r="K140" s="12">
+        <v>10.3045188989141</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A141" s="13" t="s">
+        <v>442</v>
+      </c>
+      <c r="B141" s="13" t="s">
+        <v>815</v>
+      </c>
+      <c r="C141" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E141" s="13" t="s">
+        <v>443</v>
+      </c>
+      <c r="F141" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G141" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H141" s="13" t="s">
+        <v>880</v>
+      </c>
+      <c r="I141" s="20" t="s">
+        <v>444</v>
+      </c>
+      <c r="J141" s="14">
+        <v>45.541276700006001</v>
+      </c>
+      <c r="K141" s="14">
+        <v>10.446285881633299</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A142" s="10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E142" s="10" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F142" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G142" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H142" s="10" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I142" s="21" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J142" s="12">
+        <v>45.325933709174997</v>
+      </c>
+      <c r="K142" s="12">
+        <v>10.0760094141006</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A143" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B143" s="13" t="s">
+        <v>545</v>
+      </c>
+      <c r="C143" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D143" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E143" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="F143" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G143" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H143" s="13"/>
+      <c r="I143" s="20"/>
+      <c r="J143" s="14">
+        <v>46.2399875416708</v>
+      </c>
+      <c r="K143" s="14">
+        <v>10.400082275038301</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A144" s="10" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E144" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="F144" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G144" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H144" s="10" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I144" s="21"/>
+      <c r="J144" s="12">
+        <v>45.755000000000003</v>
+      </c>
+      <c r="K144" s="12">
+        <v>10.497999999999999</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A145" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B145" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="C145" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D145" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E145" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="F145" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G145" s="13"/>
+      <c r="H145" s="13"/>
+      <c r="I145" s="20"/>
+      <c r="J145" s="14">
+        <v>45.740833333333335</v>
+      </c>
+      <c r="K145" s="14">
+        <v>10.482222222222223</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A146" s="10" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="F146" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G146" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H146" s="10"/>
+      <c r="I146" s="21"/>
+      <c r="J146" s="12">
+        <v>45.534999999999997</v>
+      </c>
+      <c r="K146" s="12">
+        <v>9.9250000000000007</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A147" s="13" t="s">
+        <v>816</v>
+      </c>
+      <c r="B147" s="13" t="s">
+        <v>529</v>
+      </c>
+      <c r="C147" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D147" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E147" s="13" t="s">
+        <v>692</v>
+      </c>
+      <c r="F147" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G147" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H147" s="13" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I147" s="20" t="s">
+        <v>693</v>
+      </c>
+      <c r="J147" s="14">
+        <v>45.568191154355802</v>
+      </c>
+      <c r="K147" s="14">
+        <v>9.9971462081284699</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A148" s="10" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="E148" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="F148" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G148" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H148" s="10" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I148" s="21"/>
+      <c r="J148" s="12">
+        <v>45.518114508267601</v>
+      </c>
+      <c r="K148" s="12">
+        <v>10.257182076486499</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A149" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B149" s="13" t="s">
+        <v>548</v>
+      </c>
+      <c r="C149" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D149" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E149" s="13" t="s">
+        <v>311</v>
+      </c>
+      <c r="F149" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G149" s="13"/>
+      <c r="H149" s="13"/>
+      <c r="I149" s="20"/>
+      <c r="J149" s="14">
+        <v>45.912500000000001</v>
+      </c>
+      <c r="K149" s="14">
+        <v>9.2661111111111119</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A150" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>549</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E150" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="F150" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G150" s="10"/>
+      <c r="H150" s="10"/>
+      <c r="I150" s="21"/>
+      <c r="J150" s="12">
+        <v>45.810833333333328</v>
+      </c>
+      <c r="K150" s="12">
+        <v>9.2169444444444437</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A151" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B151" s="13" t="s">
+        <v>550</v>
+      </c>
+      <c r="C151" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D151" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E151" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="F151" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G151" s="13"/>
+      <c r="H151" s="13"/>
+      <c r="I151" s="20"/>
+      <c r="J151" s="14">
+        <v>45.921944444444442</v>
+      </c>
+      <c r="K151" s="14">
+        <v>9.2616666666666667</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A152" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E152" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="F152" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H152" s="10" t="s">
+        <v>885</v>
+      </c>
+      <c r="I152" s="21" t="s">
+        <v>797</v>
+      </c>
+      <c r="J152" s="12">
+        <v>45.814504250881399</v>
+      </c>
+      <c r="K152" s="12">
+        <v>9.0683111110955394</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A153" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B153" s="13" t="s">
+        <v>549</v>
+      </c>
+      <c r="C153" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D153" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E153" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="F153" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G153" s="13"/>
+      <c r="H153" s="13"/>
+      <c r="I153" s="20"/>
+      <c r="J153" s="14">
+        <v>45.810833333333328</v>
+      </c>
+      <c r="K153" s="14">
+        <v>9.2169444444444437</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A154" s="10" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>881</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E154" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="F154" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G154" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H154" s="10" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I154" s="21"/>
+      <c r="J154" s="12">
+        <v>45.690555555555555</v>
+      </c>
+      <c r="K154" s="12">
+        <v>8.931111111111111</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A155" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B155" s="13" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C155" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E155" s="13" t="s">
+        <v>314</v>
+      </c>
+      <c r="F155" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G155" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H155" s="13" t="s">
+        <v>955</v>
+      </c>
+      <c r="I155" s="20" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J155" s="14">
+        <v>45.7849982522633</v>
+      </c>
+      <c r="K155" s="14">
+        <v>8.9686492973614893</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A156" s="10" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="F156" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G156" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H156" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I156" s="21" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J156" s="12">
+        <v>45.973557000418701</v>
+      </c>
+      <c r="K156" s="12">
+        <v>9.1959822420763295</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A157" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B157" s="13" t="s">
+        <v>551</v>
+      </c>
+      <c r="C157" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D157" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E157" s="13" t="s">
+        <v>316</v>
+      </c>
+      <c r="F157" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G157" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H157" s="13" t="s">
+        <v>886</v>
+      </c>
+      <c r="I157" s="20" t="s">
+        <v>455</v>
+      </c>
+      <c r="J157" s="14">
+        <v>45.843611111111116</v>
+      </c>
+      <c r="K157" s="14">
+        <v>9.051111111111112</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A158" s="10" t="s">
+        <v>989</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>990</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E158" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="F158" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H158" s="10" t="s">
+        <v>991</v>
+      </c>
+      <c r="I158" s="21" t="s">
+        <v>992</v>
+      </c>
+      <c r="J158" s="12">
+        <v>45.813516088424102</v>
+      </c>
+      <c r="K158" s="12">
+        <v>8.9294648709750994</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A159" s="13" t="s">
+        <v>882</v>
+      </c>
+      <c r="B159" s="13" t="s">
+        <v>883</v>
+      </c>
+      <c r="C159" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D159" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E159" s="13" t="s">
+        <v>884</v>
+      </c>
+      <c r="F159" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G159" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H159" s="13" t="s">
+        <v>887</v>
+      </c>
+      <c r="I159" s="20" t="s">
+        <v>888</v>
+      </c>
+      <c r="J159" s="14">
+        <v>45.7970007502581</v>
+      </c>
+      <c r="K159" s="14">
+        <v>9.1631107996769394</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A160" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>552</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E160" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="F160" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G160" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H160" s="10" t="s">
+        <v>889</v>
+      </c>
+      <c r="I160" s="21" t="s">
+        <v>890</v>
+      </c>
+      <c r="J160" s="12">
+        <v>45.819064888904698</v>
+      </c>
+      <c r="K160" s="12">
+        <v>9.0968940791994601</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A161" s="13" t="s">
+        <v>835</v>
+      </c>
+      <c r="B161" s="13" t="s">
+        <v>836</v>
+      </c>
+      <c r="C161" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D161" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E161" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="F161" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G161" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H161" s="13" t="s">
         <v>1040</v>
       </c>
-      <c r="I1" s="9" t="s">
+      <c r="I161" s="20"/>
+      <c r="J161" s="14">
+        <v>45.807035375653001</v>
+      </c>
+      <c r="K161" s="14">
+        <v>9.24096567258138</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A162" s="10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="E162" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="F162" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G162" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H162" s="10"/>
+      <c r="I162" s="21"/>
+      <c r="J162" s="12">
+        <v>45.736016036258903</v>
+      </c>
+      <c r="K162" s="12">
+        <v>9.1472680797938395</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A163" s="13" t="s">
+        <v>746</v>
+      </c>
+      <c r="B163" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C163" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D163" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="E163" s="13" t="s">
+        <v>310</v>
+      </c>
+      <c r="F163" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G163" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H163" s="13"/>
+      <c r="I163" s="20"/>
+      <c r="J163" s="14">
+        <v>45.730151999999997</v>
+      </c>
+      <c r="K163" s="14">
+        <v>9.1182400000000001</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A164" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>553</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E164" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="F164" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H164" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I164" s="11" t="s">
+        <v>469</v>
+      </c>
+      <c r="J164" s="12">
+        <v>45.318969154849498</v>
+      </c>
+      <c r="K164" s="12">
+        <v>9.6174266711613008</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A165" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B165" s="13" t="s">
+        <v>739</v>
+      </c>
+      <c r="C165" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D165" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E165" s="13" t="s">
+        <v>320</v>
+      </c>
+      <c r="F165" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G165" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H165" s="13" t="s">
+        <v>891</v>
+      </c>
+      <c r="I165" s="17" t="s">
+        <v>469</v>
+      </c>
+      <c r="J165" s="14">
+        <v>45.471944444444446</v>
+      </c>
+      <c r="K165" s="14">
+        <v>9.5133333333333336</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A166" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>554</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="F166" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G166" s="10"/>
+      <c r="H166" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I166" s="11" t="s">
+        <v>469</v>
+      </c>
+      <c r="J166" s="12">
+        <v>45.355555555555554</v>
+      </c>
+      <c r="K166" s="12">
+        <v>9.7538888888888895</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A167" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B167" s="13" t="s">
+        <v>555</v>
+      </c>
+      <c r="C167" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D167" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E167" s="13" t="s">
+        <v>323</v>
+      </c>
+      <c r="F167" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G167" s="13"/>
+      <c r="H167" s="13"/>
+      <c r="I167" s="17"/>
+      <c r="J167" s="14">
+        <v>45.178333333333327</v>
+      </c>
+      <c r="K167" s="14">
+        <v>9.9144444444444453</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A168" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E168" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="F168" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G168" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H168" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I168" s="21" t="s">
+        <v>469</v>
+      </c>
+      <c r="J168" s="12">
+        <v>45.363477657738599</v>
+      </c>
+      <c r="K168" s="12">
+        <v>9.6866977999845894</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A169" s="13" t="s">
+        <v>716</v>
+      </c>
+      <c r="B169" s="13" t="s">
+        <v>717</v>
+      </c>
+      <c r="C169" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D169" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E169" s="13" t="s">
+        <v>321</v>
+      </c>
+      <c r="F169" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G169" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H169" s="13" t="s">
+        <v>892</v>
+      </c>
+      <c r="I169" s="20" t="s">
+        <v>719</v>
+      </c>
+      <c r="J169" s="14">
+        <v>45.247500000000002</v>
+      </c>
+      <c r="K169" s="14">
+        <v>9.8394444444444442</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A170" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>557</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E170" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="F170" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G170" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H170" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I170" s="21" t="s">
+        <v>469</v>
+      </c>
+      <c r="J170" s="12">
+        <v>45.293606129795698</v>
+      </c>
+      <c r="K170" s="12">
+        <v>9.7644498537876405</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A171" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B171" s="13" t="s">
+        <v>558</v>
+      </c>
+      <c r="C171" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D171" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E171" s="13" t="s">
+        <v>320</v>
+      </c>
+      <c r="F171" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G171" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H171" s="13" t="s">
+        <v>891</v>
+      </c>
+      <c r="I171" s="20" t="s">
+        <v>469</v>
+      </c>
+      <c r="J171" s="14">
+        <v>45.371958749813999</v>
+      </c>
+      <c r="K171" s="14">
+        <v>9.57252646618252</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A172" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E172" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="F172" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G172" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H172" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I172" s="21" t="s">
+        <v>469</v>
+      </c>
+      <c r="J172" s="12">
+        <v>45.3814435070503</v>
+      </c>
+      <c r="K172" s="12">
+        <v>9.7424462085997998</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A173" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B173" s="13" t="s">
+        <v>560</v>
+      </c>
+      <c r="C173" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D173" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E173" s="13" t="s">
+        <v>324</v>
+      </c>
+      <c r="F173" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G173" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H173" s="13" t="s">
+        <v>891</v>
+      </c>
+      <c r="I173" s="20" t="s">
+        <v>469</v>
+      </c>
+      <c r="J173" s="14">
+        <v>45.406458337806797</v>
+      </c>
+      <c r="K173" s="14">
+        <v>9.72442038943589</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A174" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>561</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E174" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="F174" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G174" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H174" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="I174" s="21" t="s">
+        <v>469</v>
+      </c>
+      <c r="J174" s="12">
+        <v>45.186975789823002</v>
+      </c>
+      <c r="K174" s="12">
+        <v>9.7833131433521299</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A175" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B175" s="13" t="s">
+        <v>694</v>
+      </c>
+      <c r="C175" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D175" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E175" s="13" t="s">
+        <v>326</v>
+      </c>
+      <c r="F175" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G175" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H175" s="13" t="s">
+        <v>893</v>
+      </c>
+      <c r="I175" s="20" t="s">
+        <v>720</v>
+      </c>
+      <c r="J175" s="14">
+        <v>45.174999999999997</v>
+      </c>
+      <c r="K175" s="14">
+        <v>10.312222222222223</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A176" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>319</v>
+      </c>
+      <c r="F176" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G176" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H176" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="I176" s="21" t="s">
+        <v>895</v>
+      </c>
+      <c r="J176" s="12">
+        <v>45.381022000000002</v>
+      </c>
+      <c r="K176" s="12">
+        <v>9.6523090000000007</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A177" s="13" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B177" s="13" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C177" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E177" s="13" t="s">
+        <v>718</v>
+      </c>
+      <c r="F177" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G177" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H177" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="I177" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="J177" s="14">
+        <v>45.133591929356299</v>
+      </c>
+      <c r="K177" s="14">
+        <v>10.024752423037601</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A178" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>562</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E178" s="10" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F178" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G178" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H178" s="10" t="s">
+        <v>841</v>
+      </c>
+      <c r="I178" s="21" t="s">
+        <v>412</v>
+      </c>
+      <c r="J178" s="12">
+        <v>45.105450160065303</v>
+      </c>
+      <c r="K178" s="12">
+        <v>10.157085208773699</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A179" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B179" s="13" t="s">
+        <v>695</v>
+      </c>
+      <c r="C179" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E179" s="13" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F179" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G179" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H179" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="I179" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="J179" s="14">
+        <v>45.251223132645201</v>
+      </c>
+      <c r="K179" s="14">
+        <v>9.9626605460052495</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A180" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F180" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G180" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H180" s="10" t="s">
+        <v>841</v>
+      </c>
+      <c r="I180" s="21" t="s">
+        <v>412</v>
+      </c>
+      <c r="J180" s="12">
+        <v>45.2885694984517</v>
+      </c>
+      <c r="K180" s="12">
+        <v>9.8541702104429891</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A181" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B181" s="13" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C181" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D181" s="13" t="s">
+        <v>318</v>
+      </c>
+      <c r="E181" s="13" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F181" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G181" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H181" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="I181" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="J181" s="14">
+        <v>45.010002557566601</v>
+      </c>
+      <c r="K181" s="14">
+        <v>10.3511102286376</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A182" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="E182" s="10" t="s">
+        <v>730</v>
+      </c>
+      <c r="F182" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G182" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H182" s="10"/>
+      <c r="I182" s="21" t="s">
+        <v>896</v>
+      </c>
+      <c r="J182" s="12">
+        <v>45.425218999999998</v>
+      </c>
+      <c r="K182" s="12">
+        <v>9.7037960000000005</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A183" s="13" t="s">
+        <v>748</v>
+      </c>
+      <c r="B183" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="C183" s="13" t="s">
+        <v>225</v>
+      </c>
+      <c r="D183" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E183" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="F183" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G183" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H183" s="13" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I183" s="20"/>
+      <c r="J183" s="14">
+        <v>45.713481999999999</v>
+      </c>
+      <c r="K183" s="14">
+        <v>9.3186250000000008</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A184" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>697</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E184" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="F184" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H184" s="10" t="s">
+        <v>956</v>
+      </c>
+      <c r="I184" s="21"/>
+      <c r="J184" s="12">
+        <v>45.851150320508602</v>
+      </c>
+      <c r="K184" s="12">
+        <v>9.3889950350715701</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A185" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B185" s="13" t="s">
+        <v>564</v>
+      </c>
+      <c r="C185" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D185" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E185" s="13" t="s">
+        <v>328</v>
+      </c>
+      <c r="F185" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G185" s="13"/>
+      <c r="H185" s="13"/>
+      <c r="I185" s="20"/>
+      <c r="J185" s="14">
+        <v>46.041111111111107</v>
+      </c>
+      <c r="K185" s="14">
+        <v>9.387777777777778</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A186" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>565</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="F186" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G186" s="10"/>
+      <c r="H186" s="10"/>
+      <c r="I186" s="21"/>
+      <c r="J186" s="12">
+        <v>45.693888888888885</v>
+      </c>
+      <c r="K186" s="12">
+        <v>9.3994444444444447</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A187" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B187" s="13" t="s">
+        <v>566</v>
+      </c>
+      <c r="C187" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D187" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E187" s="13" t="s">
+        <v>330</v>
+      </c>
+      <c r="F187" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G187" s="13"/>
+      <c r="H187" s="13"/>
+      <c r="I187" s="20"/>
+      <c r="J187" s="14">
+        <v>45.764444444444443</v>
+      </c>
+      <c r="K187" s="14">
+        <v>9.3638888888888889</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A188" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>567</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E188" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="F188" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G188" s="10"/>
+      <c r="H188" s="10"/>
+      <c r="I188" s="21"/>
+      <c r="J188" s="12">
+        <v>46.078333333333333</v>
+      </c>
+      <c r="K188" s="12">
+        <v>9.306111111111111</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A189" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B189" s="13" t="s">
+        <v>568</v>
+      </c>
+      <c r="C189" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D189" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E189" s="13" t="s">
+        <v>330</v>
+      </c>
+      <c r="F189" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G189" s="13"/>
+      <c r="H189" s="13"/>
+      <c r="I189" s="20"/>
+      <c r="J189" s="14">
+        <v>45.788333333333334</v>
+      </c>
+      <c r="K189" s="14">
+        <v>9.3652777777777771</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A190" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="F190" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G190" s="10"/>
+      <c r="H190" s="10"/>
+      <c r="I190" s="21"/>
+      <c r="J190" s="12">
+        <v>45.774722222222223</v>
+      </c>
+      <c r="K190" s="12">
+        <v>9.3022222222222233</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A191" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B191" s="13" t="s">
+        <v>570</v>
+      </c>
+      <c r="C191" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D191" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E191" s="13" t="s">
+        <v>333</v>
+      </c>
+      <c r="F191" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G191" s="13"/>
+      <c r="H191" s="13"/>
+      <c r="I191" s="20"/>
+      <c r="J191" s="14">
+        <v>45.853611111111114</v>
+      </c>
+      <c r="K191" s="14">
+        <v>9.375</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A192" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E192" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="F192" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G192" s="10"/>
+      <c r="H192" s="10"/>
+      <c r="I192" s="21"/>
+      <c r="J192" s="12">
+        <v>45.781388888888891</v>
+      </c>
+      <c r="K192" s="12">
+        <v>9.3086111111111123</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A193" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B193" s="13" t="s">
+        <v>572</v>
+      </c>
+      <c r="C193" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D193" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E193" s="13" t="s">
+        <v>334</v>
+      </c>
+      <c r="F193" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G193" s="13"/>
+      <c r="H193" s="13"/>
+      <c r="I193" s="20"/>
+      <c r="J193" s="14">
+        <v>45.952222222222225</v>
+      </c>
+      <c r="K193" s="14">
+        <v>9.4441666666666677</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A194" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E194" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="F194" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G194" s="10"/>
+      <c r="H194" s="10"/>
+      <c r="I194" s="21"/>
+      <c r="J194" s="12">
+        <v>45.988055555555555</v>
+      </c>
+      <c r="K194" s="12">
+        <v>9.4294444444444441</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A195" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B195" s="13" t="s">
+        <v>574</v>
+      </c>
+      <c r="C195" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E195" s="13" t="s">
+        <v>328</v>
+      </c>
+      <c r="F195" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G195" s="13"/>
+      <c r="H195" s="13"/>
+      <c r="I195" s="20"/>
+      <c r="J195" s="14">
+        <v>46.088055555555556</v>
+      </c>
+      <c r="K195" s="14">
+        <v>9.3322222222222226</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A196" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>575</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="F196" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G196" s="10"/>
+      <c r="H196" s="10"/>
+      <c r="I196" s="21"/>
+      <c r="J196" s="12">
+        <v>46.011944444444445</v>
+      </c>
+      <c r="K196" s="12">
+        <v>9.2847222222222214</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A197" s="13" t="s">
+        <v>576</v>
+      </c>
+      <c r="B197" s="13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C197" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="D197" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E197" s="13" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F197" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G197" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H197" s="13" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I197" s="20" t="s">
+        <v>416</v>
+      </c>
+      <c r="J197" s="14">
+        <v>45.9461704840433</v>
+      </c>
+      <c r="K197" s="14">
+        <v>9.4654220861469796</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A198" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E198" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="F198" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G198" s="10"/>
+      <c r="H198" s="10"/>
+      <c r="I198" s="21"/>
+      <c r="J198" s="12">
+        <v>46.082222222222228</v>
+      </c>
+      <c r="K198" s="12">
+        <v>9.3425000000000011</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A199" s="13" t="s">
         <v>1041</v>
       </c>
-      <c r="J1" s="9" t="s">
-[...22 lines deleted...]
-      <c r="F2" s="13" t="s">
+      <c r="B199" s="13" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C199" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D199" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E199" s="13" t="s">
+        <v>706</v>
+      </c>
+      <c r="F199" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G199" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H199" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I199" s="20" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J199" s="14">
+        <v>45.707860710159601</v>
+      </c>
+      <c r="K199" s="14">
+        <v>9.3386415463958699</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A200" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>749</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F200" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G200" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H200" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="I200" s="11" t="s">
+        <v>899</v>
+      </c>
+      <c r="J200" s="12">
+        <v>45.795348898298599</v>
+      </c>
+      <c r="K200" s="12">
+        <v>9.4389651612428001</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A201" s="13" t="s">
+        <v>456</v>
+      </c>
+      <c r="B201" s="13" t="s">
+        <v>457</v>
+      </c>
+      <c r="C201" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D201" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E201" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="F201" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G201" s="13"/>
+      <c r="H201" s="13"/>
+      <c r="I201" s="20"/>
+      <c r="J201" s="14">
+        <v>45.856176603836097</v>
+      </c>
+      <c r="K201" s="14">
+        <v>9.3928766799477508</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A202" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E202" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="F202" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G202" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H202" s="10" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I202" s="21" t="s">
+        <v>1149</v>
+      </c>
+      <c r="J202" s="12">
+        <v>46.133225000000003</v>
+      </c>
+      <c r="K202" s="12">
+        <v>9.3708150000000003</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A203" s="13" t="s">
+        <v>698</v>
+      </c>
+      <c r="B203" s="13" t="s">
+        <v>699</v>
+      </c>
+      <c r="C203" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D203" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E203" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="F203" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G203" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H203" s="13" t="s">
+        <v>900</v>
+      </c>
+      <c r="I203" s="20" t="s">
+        <v>721</v>
+      </c>
+      <c r="J203" s="14">
+        <v>45.725833333333334</v>
+      </c>
+      <c r="K203" s="14">
+        <v>9.323888888888888</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A204" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E204" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="F204" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G204" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H204" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I204" s="21" t="s">
+        <v>582</v>
+      </c>
+      <c r="J204" s="12">
+        <v>45.801111111111105</v>
+      </c>
+      <c r="K204" s="12">
+        <v>9.4130555555555553</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A205" s="13" t="s">
+        <v>580</v>
+      </c>
+      <c r="B205" s="13" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C205" s="13" t="s">
+        <v>751</v>
+      </c>
+      <c r="D205" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E205" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="F205" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G205" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H205" s="13" t="s">
+        <v>901</v>
+      </c>
+      <c r="I205" s="20" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J205" s="14">
+        <v>45.853055555555557</v>
+      </c>
+      <c r="K205" s="14">
+        <v>9.3938888888888883</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A206" s="10" t="s">
+        <v>752</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="F206" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G206" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H206" s="10" t="s">
+        <v>902</v>
+      </c>
+      <c r="I206" s="21" t="s">
+        <v>774</v>
+      </c>
+      <c r="J206" s="12">
+        <v>45.803790999999997</v>
+      </c>
+      <c r="K206" s="12">
+        <v>9.4173410000000004</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A207" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="B207" s="13" t="s">
+        <v>581</v>
+      </c>
+      <c r="C207" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D207" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E207" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="F207" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G207" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H207" s="13" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I207" s="20"/>
+      <c r="J207" s="14">
+        <v>45.811448601184502</v>
+      </c>
+      <c r="K207" s="14">
+        <v>9.4243585630945503</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A208" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>897</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="E208" s="10" t="s">
+        <v>898</v>
+      </c>
+      <c r="F208" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G208" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H208" s="10" t="s">
+        <v>903</v>
+      </c>
+      <c r="I208" s="21" t="s">
+        <v>775</v>
+      </c>
+      <c r="J208" s="12">
+        <v>45.888795000000002</v>
+      </c>
+      <c r="K208" s="12">
+        <v>9.4199409999999997</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A209" s="13" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B209" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="C209" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D209" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="E209" s="13" t="s">
+        <v>330</v>
+      </c>
+      <c r="F209" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G209" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H209" s="13"/>
+      <c r="I209" s="20"/>
+      <c r="J209" s="14">
+        <v>45.773000000000003</v>
+      </c>
+      <c r="K209" s="14">
+        <v>9.34</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A210" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>583</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E210" s="10" t="s">
         <v>338</v>
       </c>
-      <c r="G2" s="13" t="s">
+      <c r="F210" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G210" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H210" s="10"/>
+      <c r="I210" s="21"/>
+      <c r="J210" s="12">
+        <v>45.182777777777773</v>
+      </c>
+      <c r="K210" s="12">
+        <v>9.649166666666666</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A211" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="B211" s="13" t="s">
+        <v>584</v>
+      </c>
+      <c r="C211" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D211" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="E211" s="13" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F211" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G211" s="13"/>
+      <c r="H211" s="13"/>
+      <c r="I211" s="20"/>
+      <c r="J211" s="14">
+        <v>45.355277777777779</v>
+      </c>
+      <c r="K211" s="14">
+        <v>9.3722222222222236</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A212" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E212" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="F212" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G212" s="10"/>
+      <c r="H212" s="10"/>
+      <c r="I212" s="21"/>
+      <c r="J212" s="12">
+        <v>45.162222222222219</v>
+      </c>
+      <c r="K212" s="12">
+        <v>9.7055555555555557</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A213" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="B213" s="13" t="s">
+        <v>731</v>
+      </c>
+      <c r="C213" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D213" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="E213" s="13" t="s">
         <v>339</v>
       </c>
-      <c r="H2" s="13"/>
-[...16 lines deleted...]
-      <c r="C3" s="10" t="s">
+      <c r="F213" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G213" s="13"/>
+      <c r="H213" s="13"/>
+      <c r="I213" s="20"/>
+      <c r="J213" s="14">
+        <v>45.273611111111109</v>
+      </c>
+      <c r="K213" s="14">
+        <v>9.5294444444444455</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A214" s="10" t="s">
+        <v>755</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E214" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="F214" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G214" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H214" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="I214" s="21" t="s">
+        <v>776</v>
+      </c>
+      <c r="J214" s="12">
+        <v>45.291136999999999</v>
+      </c>
+      <c r="K214" s="12">
+        <v>9.476604</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A215" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="B215" s="13" t="s">
+        <v>586</v>
+      </c>
+      <c r="C215" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="D215" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="E215" s="13" t="s">
+        <v>338</v>
+      </c>
+      <c r="F215" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G215" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H215" s="13"/>
+      <c r="I215" s="20"/>
+      <c r="J215" s="14">
+        <v>45.236666666666665</v>
+      </c>
+      <c r="K215" s="14">
+        <v>9.67</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A216" s="10" t="s">
+        <v>445</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>446</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F216" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G216" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H216" s="10" t="s">
+        <v>905</v>
+      </c>
+      <c r="I216" s="21" t="s">
+        <v>822</v>
+      </c>
+      <c r="J216" s="12">
+        <v>45.316388888888888</v>
+      </c>
+      <c r="K216" s="12">
+        <v>9.5041666666666664</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A217" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="B217" s="13" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C217" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="D217" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="E217" s="13" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F217" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G217" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H217" s="13" t="s">
+        <v>906</v>
+      </c>
+      <c r="I217" s="20" t="s">
+        <v>458</v>
+      </c>
+      <c r="J217" s="14">
+        <v>45.311770147520797</v>
+      </c>
+      <c r="K217" s="14">
+        <v>9.4908139481834795</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A218" s="10" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E218" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="F218" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G218" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H218" s="10"/>
+      <c r="I218" s="21"/>
+      <c r="J218" s="12">
+        <v>45.288389190982002</v>
+      </c>
+      <c r="K218" s="12">
+        <v>9.4737353853585198</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A219" s="13" t="s">
+        <v>224</v>
+      </c>
+      <c r="B219" s="13" t="s">
+        <v>587</v>
+      </c>
+      <c r="C219" s="13" t="s">
+        <v>225</v>
+      </c>
+      <c r="D219" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="E219" s="13" t="s">
+        <v>340</v>
+      </c>
+      <c r="F219" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G219" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H219" s="13"/>
+      <c r="I219" s="20"/>
+      <c r="J219" s="14">
+        <v>45.249197459225798</v>
+      </c>
+      <c r="K219" s="14">
+        <v>9.6207375627265694</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A220" s="10" t="s">
+        <v>756</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D220" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E220" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="F220" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G220" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H220" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="I220" s="21" t="s">
+        <v>777</v>
+      </c>
+      <c r="J220" s="12">
+        <v>45.164579000000003</v>
+      </c>
+      <c r="K220" s="12">
+        <v>10.846397</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A221" s="13" t="s">
+        <v>817</v>
+      </c>
+      <c r="B221" s="13" t="s">
+        <v>818</v>
+      </c>
+      <c r="C221" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D221" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E221" s="13" t="s">
+        <v>351</v>
+      </c>
+      <c r="F221" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G221" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H221" s="13" t="s">
+        <v>908</v>
+      </c>
+      <c r="I221" s="20" t="s">
+        <v>823</v>
+      </c>
+      <c r="J221" s="14">
+        <v>45.226811678389701</v>
+      </c>
+      <c r="K221" s="14">
+        <v>10.534761774333001</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A222" s="10" t="s">
+        <v>819</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>820</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E222" s="10" t="s">
+        <v>821</v>
+      </c>
+      <c r="F222" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G222" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H222" s="10" t="s">
+        <v>909</v>
+      </c>
+      <c r="I222" s="21" t="s">
+        <v>824</v>
+      </c>
+      <c r="J222" s="12">
+        <v>45.390277777777776</v>
+      </c>
+      <c r="K222" s="12">
+        <v>10.488055555555555</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A223" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="B223" s="13" t="s">
+        <v>588</v>
+      </c>
+      <c r="C223" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="D3" s="10" t="s">
-[...23 lines deleted...]
-      <c r="B4" s="13" t="s">
+      <c r="D223" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E223" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="F223" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G223" s="13"/>
+      <c r="H223" s="13"/>
+      <c r="I223" s="20"/>
+      <c r="J223" s="14">
+        <v>45.058055555555555</v>
+      </c>
+      <c r="K223" s="14">
+        <v>11.128888888888889</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A224" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="B224" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D224" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="F224" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G224" s="10"/>
+      <c r="H224" s="10"/>
+      <c r="I224" s="21"/>
+      <c r="J224" s="12">
+        <v>45.039166666666667</v>
+      </c>
+      <c r="K224" s="12">
+        <v>11.227222222222222</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A225" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="B225" s="13" t="s">
+        <v>590</v>
+      </c>
+      <c r="C225" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E225" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="F225" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G225" s="13"/>
+      <c r="H225" s="13"/>
+      <c r="I225" s="20"/>
+      <c r="J225" s="14">
+        <v>45.0075</v>
+      </c>
+      <c r="K225" s="14">
+        <v>11.184722222222222</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A226" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="B226" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="F226" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G226" s="10"/>
+      <c r="H226" s="10"/>
+      <c r="I226" s="21"/>
+      <c r="J226" s="12">
+        <v>45.221944444444446</v>
+      </c>
+      <c r="K226" s="12">
+        <v>10.75611111111111</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A227" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="B227" s="13" t="s">
+        <v>592</v>
+      </c>
+      <c r="C227" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D227" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E227" s="13" t="s">
+        <v>347</v>
+      </c>
+      <c r="F227" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G227" s="13"/>
+      <c r="H227" s="13"/>
+      <c r="I227" s="20"/>
+      <c r="J227" s="14">
+        <v>44.933611111111105</v>
+      </c>
+      <c r="K227" s="14">
+        <v>10.912777777777778</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A228" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="B228" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D228" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E228" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="F228" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G228" s="10"/>
+      <c r="H228" s="10"/>
+      <c r="I228" s="21"/>
+      <c r="J228" s="12">
+        <v>45.066944444444445</v>
+      </c>
+      <c r="K228" s="12">
+        <v>11.133333333333333</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A229" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B229" s="13" t="s">
+        <v>594</v>
+      </c>
+      <c r="C229" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D229" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E229" s="13" t="s">
+        <v>347</v>
+      </c>
+      <c r="F229" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G229" s="13"/>
+      <c r="H229" s="13"/>
+      <c r="I229" s="20"/>
+      <c r="J229" s="14">
+        <v>44.996111111111112</v>
+      </c>
+      <c r="K229" s="14">
+        <v>10.858611111111111</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A230" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>594</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D230" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E230" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="F230" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G230" s="10"/>
+      <c r="H230" s="10"/>
+      <c r="I230" s="21"/>
+      <c r="J230" s="12">
+        <v>44.984392999999997</v>
+      </c>
+      <c r="K230" s="12">
+        <v>10.803553000000001</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A231" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="B231" s="13" t="s">
+        <v>595</v>
+      </c>
+      <c r="C231" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D231" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E231" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="F231" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G231" s="13"/>
+      <c r="H231" s="13"/>
+      <c r="I231" s="20"/>
+      <c r="J231" s="14">
+        <v>44.980277777777779</v>
+      </c>
+      <c r="K231" s="14">
+        <v>11.122222222222224</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A232" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="B232" s="10" t="s">
+        <v>596</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D232" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E232" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="F232" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G232" s="10"/>
+      <c r="H232" s="10"/>
+      <c r="I232" s="21"/>
+      <c r="J232" s="12">
+        <v>45.009444444444448</v>
+      </c>
+      <c r="K232" s="12">
+        <v>10.981111111111112</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A233" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="B233" s="13" t="s">
+        <v>597</v>
+      </c>
+      <c r="C233" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D233" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E233" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="F233" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G233" s="13"/>
+      <c r="H233" s="13"/>
+      <c r="I233" s="17"/>
+      <c r="J233" s="14">
+        <v>44.968611111111116</v>
+      </c>
+      <c r="K233" s="14">
+        <v>11.080555555555556</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A234" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="B234" s="10" t="s">
+        <v>598</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D234" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="F234" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G234" s="10"/>
+      <c r="H234" s="10"/>
+      <c r="I234" s="21"/>
+      <c r="J234" s="12">
+        <v>45.00611111111111</v>
+      </c>
+      <c r="K234" s="12">
+        <v>11.299166666666666</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A235" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="B235" s="13" t="s">
+        <v>599</v>
+      </c>
+      <c r="C235" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D235" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E235" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="F235" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G235" s="13"/>
+      <c r="H235" s="13"/>
+      <c r="I235" s="20"/>
+      <c r="J235" s="14">
+        <v>45.07277777777778</v>
+      </c>
+      <c r="K235" s="14">
+        <v>11.097222222222223</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A236" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B236" s="10" t="s">
+        <v>600</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G236" s="10"/>
+      <c r="H236" s="10"/>
+      <c r="I236" s="21"/>
+      <c r="J236" s="12">
+        <v>44.99111111111111</v>
+      </c>
+      <c r="K236" s="12">
+        <v>10.744722222222221</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A237" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="B237" s="13" t="s">
+        <v>601</v>
+      </c>
+      <c r="C237" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D237" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E237" s="13" t="s">
+        <v>350</v>
+      </c>
+      <c r="F237" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G237" s="13"/>
+      <c r="H237" s="13"/>
+      <c r="I237" s="20"/>
+      <c r="J237" s="14">
+        <v>45.256388888888885</v>
+      </c>
+      <c r="K237" s="14">
+        <v>10.674166666666666</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A238" s="10" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B238" s="10" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E238" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="F238" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G238" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H238" s="10" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I238" s="21" t="s">
+        <v>1110</v>
+      </c>
+      <c r="J238" s="12">
+        <v>45.298031512536497</v>
+      </c>
+      <c r="K238" s="12">
+        <v>10.4747229037264</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A239" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="B239" s="13" t="s">
         <v>602</v>
       </c>
-      <c r="C4" s="13" t="s">
+      <c r="C239" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D239" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E239" s="13" t="s">
+        <v>351</v>
+      </c>
+      <c r="F239" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G239" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H239" s="13"/>
+      <c r="I239" s="17"/>
+      <c r="J239" s="14">
+        <v>45.20055555555556</v>
+      </c>
+      <c r="K239" s="14">
+        <v>10.625277777777779</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A240" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="B240" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="C240" s="10" t="s">
+        <v>472</v>
+      </c>
+      <c r="D240" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E240" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="F240" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G240" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H240" s="10" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I240" s="21"/>
+      <c r="J240" s="12">
+        <v>45.267222222222223</v>
+      </c>
+      <c r="K240" s="12">
+        <v>10.770000000000001</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A241" s="13" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B241" s="13" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C241" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D241" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E241" s="13" t="s">
+        <v>826</v>
+      </c>
+      <c r="F241" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G241" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H241" s="13" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I241" s="20" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J241" s="14">
+        <v>45.317500000000003</v>
+      </c>
+      <c r="K241" s="14">
+        <v>10.581944444444444</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A242" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E242" s="10" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F242" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G242" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H242" s="10"/>
+      <c r="I242" s="21"/>
+      <c r="J242" s="12">
+        <v>45.154129792764202</v>
+      </c>
+      <c r="K242" s="12">
+        <v>10.790365506707399</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A243" s="13" t="s">
+        <v>147</v>
+      </c>
+      <c r="B243" s="13" t="s">
+        <v>588</v>
+      </c>
+      <c r="C243" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D243" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E243" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="F243" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G243" s="13"/>
+      <c r="H243" s="13"/>
+      <c r="I243" s="20"/>
+      <c r="J243" s="14">
+        <v>45.058055555555555</v>
+      </c>
+      <c r="K243" s="14">
+        <v>11.128888888888889</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A244" s="10" t="s">
+        <v>825</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D244" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>826</v>
+      </c>
+      <c r="F244" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H244" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="I244" s="21" t="s">
+        <v>994</v>
+      </c>
+      <c r="J244" s="12">
+        <v>45.264626035743198</v>
+      </c>
+      <c r="K244" s="12">
+        <v>10.568624220599</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A245" s="13" t="s">
+        <v>473</v>
+      </c>
+      <c r="B245" s="13" t="s">
+        <v>604</v>
+      </c>
+      <c r="C245" s="13" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D245" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E245" s="13" t="s">
+        <v>474</v>
+      </c>
+      <c r="F245" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G245" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H245" s="13"/>
+      <c r="I245" s="20"/>
+      <c r="J245" s="14">
+        <v>45.218642017233101</v>
+      </c>
+      <c r="K245" s="14">
+        <v>10.397666901948501</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A246" s="10" t="s">
+        <v>910</v>
+      </c>
+      <c r="B246" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="C246" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="13" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="13" t="s">
+      <c r="D246" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>459</v>
+      </c>
+      <c r="F246" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G246" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H246" s="10" t="s">
+        <v>912</v>
+      </c>
+      <c r="I246" s="21" t="s">
+        <v>913</v>
+      </c>
+      <c r="J246" s="12">
+        <v>45.154516554638803</v>
+      </c>
+      <c r="K246" s="12">
+        <v>10.7820439549519</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A247" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="B247" s="13" t="s">
+        <v>606</v>
+      </c>
+      <c r="C247" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D247" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E247" s="13" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F247" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G247" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H247" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="I247" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="J247" s="14">
+        <v>44.926432561967303</v>
+      </c>
+      <c r="K247" s="14">
+        <v>10.5206227025229</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A248" s="10" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B248" s="10" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D248" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="F248" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G248" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H248" s="10" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I248" s="21" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J248" s="12">
+        <v>45.042499999999997</v>
+      </c>
+      <c r="K248" s="12">
+        <v>10.929444444444444</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A249" s="13" t="s">
+        <v>475</v>
+      </c>
+      <c r="B249" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="C249" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D249" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="E249" s="13" t="s">
+        <v>407</v>
+      </c>
+      <c r="F249" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G249" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H249" s="13" t="s">
+        <v>914</v>
+      </c>
+      <c r="I249" s="20" t="s">
+        <v>477</v>
+      </c>
+      <c r="J249" s="14">
+        <v>44.966683000000003</v>
+      </c>
+      <c r="K249" s="14">
+        <v>10.595739</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A250" s="10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B250" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D250" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E250" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="F250" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G250" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H250" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="I250" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="J250" s="12">
+        <v>45.525526999999997</v>
+      </c>
+      <c r="K250" s="12">
+        <v>9.2144209999999998</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A251" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="B251" s="13" t="s">
+        <v>607</v>
+      </c>
+      <c r="C251" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D251" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E251" s="13" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F251" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G251" s="13"/>
+      <c r="H251" s="13"/>
+      <c r="I251" s="20"/>
+      <c r="J251" s="14">
+        <v>45.5705751645215</v>
+      </c>
+      <c r="K251" s="14">
+        <v>8.9270146579894796</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A252" s="10" t="s">
+        <v>476</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>608</v>
+      </c>
+      <c r="C252" s="10" t="s">
+        <v>758</v>
+      </c>
+      <c r="D252" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H252" s="10" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I252" s="21" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J252" s="12">
+        <v>45.580793171648203</v>
+      </c>
+      <c r="K252" s="12">
+        <v>9.4441422023821797</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A253" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="B253" s="13" t="s">
+        <v>609</v>
+      </c>
+      <c r="C253" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D253" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E253" s="13" t="s">
+        <v>353</v>
+      </c>
+      <c r="F253" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G253" s="13"/>
+      <c r="H253" s="13"/>
+      <c r="I253" s="20"/>
+      <c r="J253" s="14">
+        <v>45.530555555555551</v>
+      </c>
+      <c r="K253" s="14">
+        <v>9.2783333333333342</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A254" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="B254" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="C254" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D254" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E254" s="10" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F254" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G254" s="10"/>
+      <c r="H254" s="10"/>
+      <c r="I254" s="21"/>
+      <c r="J254" s="12">
+        <v>45.350833333333334</v>
+      </c>
+      <c r="K254" s="12">
+        <v>9.1650000000000009</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A255" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="B255" s="13" t="s">
+        <v>611</v>
+      </c>
+      <c r="C255" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D255" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E255" s="13" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F255" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G255" s="13"/>
+      <c r="H255" s="13"/>
+      <c r="I255" s="20"/>
+      <c r="J255" s="14">
+        <v>45.538888888888884</v>
+      </c>
+      <c r="K255" s="14">
+        <v>9.3730555555555561</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A256" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="B256" s="10" t="s">
+        <v>612</v>
+      </c>
+      <c r="C256" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D256" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F256" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G256" s="10"/>
+      <c r="H256" s="10"/>
+      <c r="I256" s="21"/>
+      <c r="J256" s="12">
+        <v>45.546388888888885</v>
+      </c>
+      <c r="K256" s="12">
+        <v>8.8849999999999998</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A257" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="B257" s="13" t="s">
+        <v>613</v>
+      </c>
+      <c r="C257" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D257" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E257" s="13" t="s">
+        <v>354</v>
+      </c>
+      <c r="F257" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G257" s="13"/>
+      <c r="H257" s="13"/>
+      <c r="I257" s="20"/>
+      <c r="J257" s="14">
+        <v>45.57416666666667</v>
+      </c>
+      <c r="K257" s="14">
+        <v>9.4258333333333333</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A258" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B258" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="C258" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D258" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E258" s="10" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F258" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G258" s="10"/>
+      <c r="H258" s="10"/>
+      <c r="I258" s="21"/>
+      <c r="J258" s="12">
+        <v>45.448888888888888</v>
+      </c>
+      <c r="K258" s="12">
+        <v>9.0922222222222224</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A259" s="13" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B259" s="13" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C259" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D259" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E259" s="13" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F259" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G259" s="13"/>
+      <c r="H259" s="13"/>
+      <c r="I259" s="20" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J259" s="14">
+        <v>45.551189857114501</v>
+      </c>
+      <c r="K259" s="14">
+        <v>9.1816056185863602</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A260" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="B260" s="10" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C260" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D260" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F260" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G260" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H260" s="10" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I260" s="21"/>
+      <c r="J260" s="12">
+        <v>45.541388888888889</v>
+      </c>
+      <c r="K260" s="12">
+        <v>9.4833333333333325</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A261" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="B261" s="13" t="s">
+        <v>615</v>
+      </c>
+      <c r="C261" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D261" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E261" s="13" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F261" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G261" s="13"/>
+      <c r="H261" s="13"/>
+      <c r="I261" s="20"/>
+      <c r="J261" s="14">
+        <v>45.556111111111107</v>
+      </c>
+      <c r="K261" s="14">
+        <v>8.9736111111111114</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A262" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="B262" s="10" t="s">
+        <v>616</v>
+      </c>
+      <c r="C262" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D262" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E262" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F262" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G262" s="10"/>
+      <c r="H262" s="10"/>
+      <c r="I262" s="21"/>
+      <c r="J262" s="12">
+        <v>45.18333333333333</v>
+      </c>
+      <c r="K262" s="12">
+        <v>9.4886111111111102</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A263" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="B263" s="13" t="s">
+        <v>617</v>
+      </c>
+      <c r="C263" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D263" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E263" s="13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F263" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G263" s="13"/>
+      <c r="H263" s="13"/>
+      <c r="I263" s="20"/>
+      <c r="J263" s="14">
+        <v>45.49722222222222</v>
+      </c>
+      <c r="K263" s="14">
+        <v>9.3766666666666669</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A264" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="B264" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="C264" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D264" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E264" s="10" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F264" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G264" s="10"/>
+      <c r="H264" s="10"/>
+      <c r="I264" s="21"/>
+      <c r="J264" s="12">
+        <v>45.361666666666665</v>
+      </c>
+      <c r="K264" s="12">
+        <v>9.1069444444444443</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A265" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="B265" s="13" t="s">
+        <v>619</v>
+      </c>
+      <c r="C265" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D265" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E265" s="13" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F265" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G265" s="13"/>
+      <c r="H265" s="13"/>
+      <c r="I265" s="20"/>
+      <c r="J265" s="14">
+        <v>45.47</v>
+      </c>
+      <c r="K265" s="14">
+        <v>8.92</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A266" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B266" s="10" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C266" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="D266" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E266" s="10" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F266" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G266" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H266" s="10"/>
+      <c r="I266" s="21"/>
+      <c r="J266" s="12">
+        <v>45.556219670158498</v>
+      </c>
+      <c r="K266" s="12">
+        <v>9.2140372821947807</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A267" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="B267" s="13" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C267" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D267" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E267" s="13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F267" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G267" s="13"/>
+      <c r="H267" s="13"/>
+      <c r="I267" s="20"/>
+      <c r="J267" s="14">
+        <v>45.520555555555553</v>
+      </c>
+      <c r="K267" s="14">
+        <v>9.3627777777777776</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A268" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="B268" s="10" t="s">
+        <v>620</v>
+      </c>
+      <c r="C268" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D268" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E268" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="F268" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G268" s="10"/>
+      <c r="H268" s="10"/>
+      <c r="I268" s="21"/>
+      <c r="J268" s="12">
+        <v>45.610277777777782</v>
+      </c>
+      <c r="K268" s="12">
+        <v>9.5200000000000014</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A269" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="B269" s="13" t="s">
+        <v>621</v>
+      </c>
+      <c r="C269" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D269" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E269" s="13" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F269" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G269" s="13"/>
+      <c r="H269" s="13"/>
+      <c r="I269" s="17"/>
+      <c r="J269" s="14">
+        <v>45.528611111111111</v>
+      </c>
+      <c r="K269" s="14">
+        <v>8.9966666666666661</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A270" s="10" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B270" s="10" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C270" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D270" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="F270" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H270" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I270" s="21"/>
+      <c r="J270" s="12">
+        <v>45.532328704389897</v>
+      </c>
+      <c r="K270" s="12">
+        <v>9.1411384862339506</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A271" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="B271" s="13" t="s">
+        <v>622</v>
+      </c>
+      <c r="C271" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D271" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E271" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="F271" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G271" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H271" s="13"/>
+      <c r="I271" s="20"/>
+      <c r="J271" s="14">
+        <v>45.523112703093503</v>
+      </c>
+      <c r="K271" s="14">
+        <v>9.2182110183945696</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A272" s="10" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B272" s="10" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C272" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D272" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E272" s="10" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F272" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G272" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H272" s="10" t="s">
+        <v>1115</v>
+      </c>
+      <c r="I272" s="21" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J272" s="12">
+        <v>45.539534910770001</v>
+      </c>
+      <c r="K272" s="12">
+        <v>9.4824854389314002</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A273" s="13" t="s">
+        <v>707</v>
+      </c>
+      <c r="B273" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C273" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D273" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E273" s="13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F273" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G273" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H273" s="13" t="s">
+        <v>917</v>
+      </c>
+      <c r="I273" s="20" t="s">
+        <v>708</v>
+      </c>
+      <c r="J273" s="14">
+        <v>45.520869074119503</v>
+      </c>
+      <c r="K273" s="14">
+        <v>9.3628461466614592</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A274" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B274" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E274" s="10" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F274" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G274" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H274" s="10"/>
+      <c r="I274" s="21"/>
+      <c r="J274" s="12">
+        <v>45.466898291740698</v>
+      </c>
+      <c r="K274" s="12">
+        <v>8.8300754589180706</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A275" s="13" t="s">
+        <v>430</v>
+      </c>
+      <c r="B275" s="13" t="s">
+        <v>623</v>
+      </c>
+      <c r="C275" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D275" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E275" s="13" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F275" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G275" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H275" s="13" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I275" s="20"/>
+      <c r="J275" s="14">
+        <v>45.423611111111107</v>
+      </c>
+      <c r="K275" s="14">
+        <v>9.1080555555555556</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A276" s="10" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B276" s="10" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D276" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E276" s="10" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F276" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G276" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H276" s="10"/>
+      <c r="I276" s="21"/>
+      <c r="J276" s="12">
+        <v>45.46</v>
+      </c>
+      <c r="K276" s="12">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A277" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="B277" s="13" t="s">
+        <v>624</v>
+      </c>
+      <c r="C277" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D277" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E277" s="13" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F277" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G277" s="13"/>
+      <c r="H277" s="13"/>
+      <c r="I277" s="20"/>
+      <c r="J277" s="14">
+        <v>45.559444444444445</v>
+      </c>
+      <c r="K277" s="14">
+        <v>8.9494444444444454</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A278" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B278" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D278" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E278" s="10" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F278" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G278" s="10"/>
+      <c r="H278" s="10"/>
+      <c r="I278" s="11"/>
+      <c r="J278" s="12">
+        <v>45.532222222222224</v>
+      </c>
+      <c r="K278" s="12">
+        <v>9.0405555555555548</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A279" s="13" t="s">
+        <v>168</v>
+      </c>
+      <c r="B279" s="13" t="s">
+        <v>626</v>
+      </c>
+      <c r="C279" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D279" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E279" s="13" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F279" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G279" s="13"/>
+      <c r="H279" s="13"/>
+      <c r="I279" s="20"/>
+      <c r="J279" s="14">
+        <v>45.394444444444446</v>
+      </c>
+      <c r="K279" s="14">
+        <v>9.2858333333333327</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A280" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="B280" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="C280" s="10" t="s">
+        <v>759</v>
+      </c>
+      <c r="D280" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F280" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G280" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H280" s="10" t="s">
+        <v>918</v>
+      </c>
+      <c r="I280" s="21" t="s">
+        <v>919</v>
+      </c>
+      <c r="J280" s="12">
+        <v>45.552799424461</v>
+      </c>
+      <c r="K280" s="12">
+        <v>9.24394217156566</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A281" s="13" t="s">
+        <v>460</v>
+      </c>
+      <c r="B281" s="13" t="s">
+        <v>627</v>
+      </c>
+      <c r="C281" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="D281" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E281" s="13" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F281" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G281" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H281" s="13" t="s">
+        <v>920</v>
+      </c>
+      <c r="I281" s="20" t="s">
+        <v>462</v>
+      </c>
+      <c r="J281" s="14">
+        <v>45.566660374642197</v>
+      </c>
+      <c r="K281" s="14">
+        <v>8.8751430468180494</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A282" s="10" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B282" s="10" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D282" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E282" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F282" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G282" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H282" s="10" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I282" s="21" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J282" s="12">
+        <v>45.354499420197499</v>
+      </c>
+      <c r="K282" s="12">
+        <v>9.3514871355770595</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A283" s="13" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B283" s="13" t="s">
+        <v>628</v>
+      </c>
+      <c r="C283" s="13" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D283" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E283" s="13" t="s">
+        <v>916</v>
+      </c>
+      <c r="F283" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G283" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H283" s="13" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I283" s="20" t="s">
+        <v>415</v>
+      </c>
+      <c r="J283" s="14">
+        <v>45.4668616952086</v>
+      </c>
+      <c r="K283" s="14">
+        <v>9.1903020015146506</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A284" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="B284" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="D284" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E284" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="F284" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G284" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H284" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I284" s="21"/>
+      <c r="J284" s="12">
+        <v>45.524783519009503</v>
+      </c>
+      <c r="K284" s="12">
+        <v>9.3301068388818607</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A285" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="B285" s="13" t="s">
+        <v>629</v>
+      </c>
+      <c r="C285" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D285" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E285" s="13" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F285" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G285" s="13"/>
+      <c r="H285" s="13"/>
+      <c r="I285" s="20"/>
+      <c r="J285" s="14">
+        <v>45.53</v>
+      </c>
+      <c r="K285" s="14">
+        <v>9.34</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A286" s="10" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B286" s="10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C286" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D286" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E286" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="F286" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G286" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H286" s="10"/>
+      <c r="I286" s="21"/>
+      <c r="J286" s="12">
+        <v>45.413466761492401</v>
+      </c>
+      <c r="K286" s="12">
+        <v>9.1736185186989907</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A287" s="13" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B287" s="13" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C287" s="13" t="s">
+        <v>465</v>
+      </c>
+      <c r="D287" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E287" s="13" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F287" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G287" s="13"/>
+      <c r="H287" s="13" t="s">
+        <v>1237</v>
+      </c>
+      <c r="I287" s="20"/>
+      <c r="J287" s="14">
+        <v>45.416880867480899</v>
+      </c>
+      <c r="K287" s="14">
+        <v>9.2654573514947298</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A288" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="B288" s="10" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C288" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D288" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E288" s="10" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F288" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G288" s="10"/>
+      <c r="H288" s="10"/>
+      <c r="I288" s="21"/>
+      <c r="J288" s="12">
+        <v>45.399722222222223</v>
+      </c>
+      <c r="K288" s="12">
+        <v>8.9166666666666661</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A289" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="B289" s="13" t="s">
+        <v>630</v>
+      </c>
+      <c r="C289" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D289" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E289" s="13" t="s">
+        <v>358</v>
+      </c>
+      <c r="F289" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G289" s="13"/>
+      <c r="H289" s="13"/>
+      <c r="I289" s="20"/>
+      <c r="J289" s="14">
+        <v>45.549363</v>
+      </c>
+      <c r="K289" s="14">
+        <v>9.0800300000000007</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A290" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="B290" s="10" t="s">
+        <v>760</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D290" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F290" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G290" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H290" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="I290" s="21" t="s">
+        <v>779</v>
+      </c>
+      <c r="J290" s="12">
+        <v>45.4806873936489</v>
+      </c>
+      <c r="K290" s="12">
+        <v>9.2022068744457908</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A291" s="13" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B291" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C291" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D291" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E291" s="13" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F291" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G291" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H291" s="13"/>
+      <c r="I291" s="20"/>
+      <c r="J291" s="14">
+        <v>45.456099999999999</v>
+      </c>
+      <c r="K291" s="14">
+        <v>9.2085000000000008</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A292" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B292" s="10" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D292" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E292" s="10" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F292" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G292" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H292" s="10"/>
+      <c r="I292" s="21"/>
+      <c r="J292" s="12">
+        <v>45.502222222222223</v>
+      </c>
+      <c r="K292" s="12">
+        <v>9.4230555555555551</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A293" s="13" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B293" s="13" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C293" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D293" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E293" s="13" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F293" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G293" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H293" s="13"/>
+      <c r="I293" s="20"/>
+      <c r="J293" s="14">
+        <v>45.591353638420301</v>
+      </c>
+      <c r="K293" s="14">
+        <v>9.5097308102550198</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A294" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B294" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D294" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E294" s="10" t="s">
+        <v>381</v>
+      </c>
+      <c r="F294" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G294" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="H294" s="10"/>
+      <c r="I294" s="21"/>
+      <c r="J294" s="12">
+        <v>45.363606255045198</v>
+      </c>
+      <c r="K294" s="12">
+        <v>8.9470284427913498</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A295" s="13" t="s">
+        <v>761</v>
+      </c>
+      <c r="B295" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C295" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D295" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E295" s="13" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F295" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G295" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H295" s="13" t="s">
+        <v>922</v>
+      </c>
+      <c r="I295" s="20" t="s">
+        <v>780</v>
+      </c>
+      <c r="J295" s="14">
+        <v>45.465943000000003</v>
+      </c>
+      <c r="K295" s="14">
+        <v>9.2797970000000003</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A296" s="10" t="s">
+        <v>763</v>
+      </c>
+      <c r="B296" s="10" t="s">
+        <v>764</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D296" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E296" s="10" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F296" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G296" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H296" s="10" t="s">
+        <v>930</v>
+      </c>
+      <c r="I296" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="J296" s="12">
+        <v>45.429679870344899</v>
+      </c>
+      <c r="K296" s="12">
+        <v>9.2674425371640101</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A297" s="13" t="s">
+        <v>762</v>
+      </c>
+      <c r="B297" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C297" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D297" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E297" s="13" t="s">
+        <v>771</v>
+      </c>
+      <c r="F297" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G297" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="H297" s="13" t="s">
+        <v>923</v>
+      </c>
+      <c r="I297" s="20" t="s">
+        <v>781</v>
+      </c>
+      <c r="J297" s="14">
+        <v>45.446610999999997</v>
+      </c>
+      <c r="K297" s="14">
+        <v>9.1986270000000001</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A298" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="B298" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="C298" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D298" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E298" s="10" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F298" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G298" s="10"/>
+      <c r="H298" s="10"/>
+      <c r="I298" s="21"/>
+      <c r="J298" s="12">
+        <v>45.480833333333337</v>
+      </c>
+      <c r="K298" s="12">
+        <v>9.0547222222222228</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A299" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="B299" s="13" t="s">
+        <v>632</v>
+      </c>
+      <c r="C299" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D299" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E299" s="13" t="s">
+        <v>405</v>
+      </c>
+      <c r="F299" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G299" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H299" s="13" t="s">
+        <v>924</v>
+      </c>
+      <c r="I299" s="20" t="s">
+        <v>421</v>
+      </c>
+      <c r="J299" s="14">
+        <v>45.523087436418997</v>
+      </c>
+      <c r="K299" s="14">
+        <v>9.1195064762410603</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A300" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B300" s="10" t="s">
+        <v>633</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D300" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="F300" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G300" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H300" s="10" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I300" s="21"/>
+      <c r="J300" s="12">
+        <v>45.502231674665502</v>
+      </c>
+      <c r="K300" s="12">
+        <v>9.2118072888677904</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A301" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B301" s="13" t="s">
+        <v>634</v>
+      </c>
+      <c r="C301" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D301" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E301" s="13" t="s">
+        <v>356</v>
+      </c>
+      <c r="F301" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G301" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H301" s="13" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I301" s="20" t="s">
+        <v>1389</v>
+      </c>
+      <c r="J301" s="14">
+        <v>45.579166666666673</v>
+      </c>
+      <c r="K301" s="14">
+        <v>9.5311111111111124</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A302" s="10" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B302" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D302" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E302" s="10" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F302" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G302" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H302" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I302" s="21" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J302" s="12">
+        <v>45.702777777777783</v>
+      </c>
+      <c r="K302" s="12">
+        <v>9.2897222222222222</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A303" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="B303" s="13" t="s">
+        <v>635</v>
+      </c>
+      <c r="C303" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D303" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E303" s="13" t="s">
+        <v>402</v>
+      </c>
+      <c r="F303" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G303" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H303" s="13"/>
+      <c r="I303" s="20"/>
+      <c r="J303" s="14">
+        <v>45.573516543936101</v>
+      </c>
+      <c r="K303" s="14">
+        <v>9.35450576925032</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A304" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B304" s="10" t="s">
+        <v>827</v>
+      </c>
+      <c r="C304" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D304" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E304" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="F304" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G304" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H304" s="10" t="s">
+        <v>925</v>
+      </c>
+      <c r="I304" s="21" t="s">
+        <v>828</v>
+      </c>
+      <c r="J304" s="12">
+        <v>45.640555555555558</v>
+      </c>
+      <c r="K304" s="12">
+        <v>9.4150000000000009</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A305" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B305" s="13" t="s">
+        <v>636</v>
+      </c>
+      <c r="C305" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D305" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E305" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="F305" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G305" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H305" s="13" t="s">
+        <v>926</v>
+      </c>
+      <c r="I305" s="20" t="s">
+        <v>463</v>
+      </c>
+      <c r="J305" s="14">
+        <v>45.628055555555555</v>
+      </c>
+      <c r="K305" s="14">
+        <v>9.3247222222222224</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A306" s="10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B306" s="10" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C306" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D306" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E306" s="10" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F306" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G306" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H306" s="10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I306" s="21" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J306" s="12">
+        <v>45.5665387551187</v>
+      </c>
+      <c r="K306" s="12">
+        <v>9.3773833867878391</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A307" s="13" t="s">
+        <v>733</v>
+      </c>
+      <c r="B307" s="13" t="s">
+        <v>734</v>
+      </c>
+      <c r="C307" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D307" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E307" s="13" t="s">
+        <v>365</v>
+      </c>
+      <c r="F307" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G307" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H307" s="13" t="s">
+        <v>927</v>
+      </c>
+      <c r="I307" s="20" t="s">
+        <v>735</v>
+      </c>
+      <c r="J307" s="14">
+        <v>45.646111111111111</v>
+      </c>
+      <c r="K307" s="14">
+        <v>9.0822222222222226</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A308" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B308" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C308" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D308" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E308" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="F308" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G308" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H308" s="10"/>
+      <c r="I308" s="21"/>
+      <c r="J308" s="12">
+        <v>45.658611111111107</v>
+      </c>
+      <c r="K308" s="12">
+        <v>9.2547222222222221</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A309" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="B309" s="13" t="s">
+        <v>638</v>
+      </c>
+      <c r="C309" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D309" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E309" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="F309" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G309" s="13"/>
+      <c r="H309" s="13"/>
+      <c r="I309" s="20"/>
+      <c r="J309" s="14">
+        <v>45.657499999999999</v>
+      </c>
+      <c r="K309" s="14">
+        <v>9.1305555555555564</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A310" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="B310" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="C310" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D310" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="F310" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G310" s="10"/>
+      <c r="H310" s="10"/>
+      <c r="I310" s="21"/>
+      <c r="J310" s="12">
+        <v>45.611944444444447</v>
+      </c>
+      <c r="K310" s="12">
+        <v>9.1466666666666665</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A311" s="13" t="s">
+        <v>181</v>
+      </c>
+      <c r="B311" s="13" t="s">
+        <v>641</v>
+      </c>
+      <c r="C311" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D311" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E311" s="13" t="s">
+        <v>354</v>
+      </c>
+      <c r="F311" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G311" s="13"/>
+      <c r="H311" s="13"/>
+      <c r="I311" s="20"/>
+      <c r="J311" s="14">
+        <v>45.586388888888891</v>
+      </c>
+      <c r="K311" s="14">
+        <v>9.4166666666666661</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A312" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="B312" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="C312" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D312" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E312" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="F312" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G312" s="10"/>
+      <c r="H312" s="10"/>
+      <c r="I312" s="21"/>
+      <c r="J312" s="12">
+        <v>45.63</v>
+      </c>
+      <c r="K312" s="12">
+        <v>9.1458333333333321</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A313" s="13" t="s">
+        <v>183</v>
+      </c>
+      <c r="B313" s="13" t="s">
+        <v>643</v>
+      </c>
+      <c r="C313" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D313" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E313" s="13" t="s">
+        <v>365</v>
+      </c>
+      <c r="F313" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G313" s="13"/>
+      <c r="H313" s="13"/>
+      <c r="I313" s="20"/>
+      <c r="J313" s="14">
+        <v>45.680277777777775</v>
+      </c>
+      <c r="K313" s="14">
+        <v>9.1219444444444449</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A314" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B314" s="10" t="s">
+        <v>644</v>
+      </c>
+      <c r="C314" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D314" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E314" s="10" t="s">
+        <v>363</v>
+      </c>
+      <c r="F314" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G314" s="10"/>
+      <c r="H314" s="10"/>
+      <c r="I314" s="21"/>
+      <c r="J314" s="12">
+        <v>45.664999999999999</v>
+      </c>
+      <c r="K314" s="12">
+        <v>9.1566666666666663</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A315" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="B315" s="13" t="s">
+        <v>645</v>
+      </c>
+      <c r="C315" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D315" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E315" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="F315" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G315" s="13"/>
+      <c r="H315" s="13"/>
+      <c r="I315" s="20"/>
+      <c r="J315" s="14">
+        <v>45.645555555555553</v>
+      </c>
+      <c r="K315" s="14">
+        <v>9.1383333333333336</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A316" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="B316" s="10" t="s">
+        <v>647</v>
+      </c>
+      <c r="C316" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D316" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E316" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="F316" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G316" s="10"/>
+      <c r="H316" s="10"/>
+      <c r="I316" s="21"/>
+      <c r="J316" s="12">
+        <v>45.598888888888894</v>
+      </c>
+      <c r="K316" s="12">
+        <v>9.156944444444445</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A317" s="13" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B317" s="13" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C317" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D317" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E317" s="13" t="s">
         <v>308</v>
       </c>
-      <c r="H4" s="13"/>
-[...16 lines deleted...]
-      <c r="C5" s="10" t="s">
+      <c r="F317" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G317" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H317" s="13" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I317" s="20" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J317" s="14">
+        <v>45.735438639922101</v>
+      </c>
+      <c r="K317" s="14">
+        <v>9.2681555722412305</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A318" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B318" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="C318" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...58 lines deleted...]
-      <c r="C7" s="10" t="s">
+      <c r="D318" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E318" s="10" t="s">
+        <v>367</v>
+      </c>
+      <c r="F318" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G318" s="10"/>
+      <c r="H318" s="10"/>
+      <c r="I318" s="21"/>
+      <c r="J318" s="12">
+        <v>45.677499999999995</v>
+      </c>
+      <c r="K318" s="12">
+        <v>9.2377777777777776</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A319" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="B319" s="13" t="s">
+        <v>649</v>
+      </c>
+      <c r="C319" s="13" t="s">
+        <v>461</v>
+      </c>
+      <c r="D319" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E319" s="13" t="s">
+        <v>368</v>
+      </c>
+      <c r="F319" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G319" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H319" s="13" t="s">
+        <v>928</v>
+      </c>
+      <c r="I319" s="20" t="s">
+        <v>447</v>
+      </c>
+      <c r="J319" s="14">
+        <v>45.667675307785402</v>
+      </c>
+      <c r="K319" s="14">
+        <v>9.3044513796262507</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A320" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="B320" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="C320" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...26 lines deleted...]
-      <c r="C8" s="13" t="s">
+      <c r="D320" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="F320" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G320" s="10"/>
+      <c r="H320" s="10"/>
+      <c r="I320" s="21"/>
+      <c r="J320" s="12">
+        <v>45.619166666666665</v>
+      </c>
+      <c r="K320" s="12">
+        <v>9.2072222222222209</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A321" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="B321" s="13" t="s">
+        <v>651</v>
+      </c>
+      <c r="C321" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="13" t="s">
-[...26 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="D321" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E321" s="13" t="s">
+        <v>365</v>
+      </c>
+      <c r="F321" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G321" s="13"/>
+      <c r="H321" s="13"/>
+      <c r="I321" s="20"/>
+      <c r="J321" s="14">
+        <v>45.663888888888884</v>
+      </c>
+      <c r="K321" s="14">
+        <v>9.0841666666666665</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A322" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="B322" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="C322" s="10" t="s">
+        <v>751</v>
+      </c>
+      <c r="D322" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E322" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="F322" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G322" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H322" s="10" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I322" s="21"/>
+      <c r="J322" s="12">
+        <v>45.666666666666664</v>
+      </c>
+      <c r="K322" s="12">
+        <v>9.4041666666666668</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A323" s="13" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B323" s="13" t="s">
+        <v>646</v>
+      </c>
+      <c r="C323" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="D9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="10" t="s">
+      <c r="D323" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E323" s="13" t="s">
+        <v>362</v>
+      </c>
+      <c r="F323" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G323" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H323" s="13"/>
+      <c r="I323" s="20"/>
+      <c r="J323" s="14">
+        <v>45.648888888888891</v>
+      </c>
+      <c r="K323" s="14">
+        <v>9.2652777777777775</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A324" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="B324" s="10" t="s">
+        <v>653</v>
+      </c>
+      <c r="C324" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D324" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E324" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="F324" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G324" s="10"/>
+      <c r="H324" s="10"/>
+      <c r="I324" s="21"/>
+      <c r="J324" s="12">
+        <v>45.62972222222222</v>
+      </c>
+      <c r="K324" s="12">
+        <v>9.4425000000000008</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A325" s="13" t="s">
+        <v>654</v>
+      </c>
+      <c r="B325" s="13" t="s">
+        <v>655</v>
+      </c>
+      <c r="C325" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D325" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E325" s="13" t="s">
+        <v>408</v>
+      </c>
+      <c r="F325" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G325" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H325" s="13" t="s">
+        <v>929</v>
+      </c>
+      <c r="I325" s="20" t="s">
+        <v>662</v>
+      </c>
+      <c r="J325" s="14">
+        <v>45.584027154868899</v>
+      </c>
+      <c r="K325" s="14">
+        <v>9.2912476142640106</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A326" s="10" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B326" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="C326" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="D326" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E326" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="F326" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G326" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H326" s="10" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I326" s="11" t="s">
+        <v>1242</v>
+      </c>
+      <c r="J326" s="12">
+        <v>45.660940285033099</v>
+      </c>
+      <c r="K326" s="12">
+        <v>9.2604866048259993</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A327" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="B327" s="13" t="s">
+        <v>656</v>
+      </c>
+      <c r="C327" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D327" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="E327" s="13" t="s">
+        <v>371</v>
+      </c>
+      <c r="F327" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G327" s="13"/>
+      <c r="H327" s="13"/>
+      <c r="I327" s="20"/>
+      <c r="J327" s="14">
+        <v>45.584722222222226</v>
+      </c>
+      <c r="K327" s="14">
+        <v>9.2741666666666678</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A328" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="B328" s="10" t="s">
+        <v>657</v>
+      </c>
+      <c r="C328" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="D328" s="10" t="s">
+        <v>359</v>
+      </c>
+      <c r="E328" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="F328" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G328" s="10"/>
+      <c r="H328" s="10"/>
+      <c r="I328" s="11" t="s">
+        <v>1243</v>
+      </c>
+      <c r="J328" s="12">
+        <v>45.608816609870999</v>
+      </c>
+      <c r="K328" s="12">
+        <v>9.3656292889597292</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A329" s="13" t="s">
+        <v>229</v>
+      </c>
+      <c r="B329" s="13" t="s">
+        <v>658</v>
+      </c>
+      <c r="C329" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D329" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E329" s="13" t="s">
+        <v>431</v>
+      </c>
+      <c r="F329" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G329" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H329" s="13" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I329" s="20"/>
+      <c r="J329" s="14">
+        <v>45.188287155078498</v>
+      </c>
+      <c r="K329" s="14">
+        <v>8.9288784641802401</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A330" s="10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B330" s="10" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C330" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D330" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E330" s="10" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F330" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G330" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H330" s="10" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I330" s="21" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J330" s="12">
+        <v>45.020500767587897</v>
+      </c>
+      <c r="K330" s="12">
+        <v>9.2308759748896492</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A331" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="B331" s="13" t="s">
+        <v>659</v>
+      </c>
+      <c r="C331" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D331" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E331" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="F331" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G331" s="13"/>
+      <c r="H331" s="13"/>
+      <c r="I331" s="20"/>
+      <c r="J331" s="14">
+        <v>45.365867904422501</v>
+      </c>
+      <c r="K331" s="14">
+        <v>8.8092644479617803</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A332" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="B332" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="C332" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D332" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E332" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="F332" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G332" s="10"/>
+      <c r="H332" s="10"/>
+      <c r="I332" s="21"/>
+      <c r="J332" s="12">
+        <v>45.330000000000005</v>
+      </c>
+      <c r="K332" s="12">
+        <v>8.7650000000000006</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A333" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B333" s="13" t="s">
+        <v>661</v>
+      </c>
+      <c r="C333" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D333" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E333" s="13" t="s">
+        <v>375</v>
+      </c>
+      <c r="F333" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G333" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H333" s="13"/>
+      <c r="I333" s="20"/>
+      <c r="J333" s="14">
+        <v>45.199722222222221</v>
+      </c>
+      <c r="K333" s="14">
+        <v>9.382777777777779</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A334" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="B334" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="C334" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D334" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E334" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="F334" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G334" s="10"/>
+      <c r="H334" s="10"/>
+      <c r="I334" s="21"/>
+      <c r="J334" s="12">
+        <v>44.797499999999999</v>
+      </c>
+      <c r="K334" s="12">
+        <v>9.2800000000000011</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A335" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="B335" s="13" t="s">
+        <v>664</v>
+      </c>
+      <c r="C335" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D335" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E335" s="13" t="s">
+        <v>376</v>
+      </c>
+      <c r="F335" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G335" s="13"/>
+      <c r="H335" s="13"/>
+      <c r="I335" s="20"/>
+      <c r="J335" s="14">
+        <v>44.908611111111107</v>
+      </c>
+      <c r="K335" s="14">
+        <v>9.1269444444444456</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A336" s="10" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B336" s="10" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C336" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D336" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E336" s="10" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F336" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G336" s="10"/>
+      <c r="H336" s="10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I336" s="11" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J336" s="12">
+        <v>45.185009265353699</v>
+      </c>
+      <c r="K336" s="12">
+        <v>9.1597336799672799</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A337" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="B337" s="13" t="s">
+        <v>665</v>
+      </c>
+      <c r="C337" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D337" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E337" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="F337" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G337" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H337" s="13"/>
+      <c r="I337" s="20"/>
+      <c r="J337" s="14">
+        <v>45.152499999999996</v>
+      </c>
+      <c r="K337" s="14">
+        <v>8.6636111111111109</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A338" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="B338" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="C338" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D338" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E338" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="F338" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G338" s="10"/>
+      <c r="H338" s="10"/>
+      <c r="I338" s="21"/>
+      <c r="J338" s="12">
+        <v>44.993611111111115</v>
+      </c>
+      <c r="K338" s="12">
+        <v>9.0097222222222229</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A339" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="B339" s="13" t="s">
+        <v>667</v>
+      </c>
+      <c r="C339" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D339" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E339" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="F339" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G339" s="13"/>
+      <c r="H339" s="13"/>
+      <c r="I339" s="20"/>
+      <c r="J339" s="14">
+        <v>45.035833333333329</v>
+      </c>
+      <c r="K339" s="14">
+        <v>8.7419444444444441</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A340" s="10" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B340" s="10" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C340" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D340" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F340" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G340" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H340" s="10"/>
+      <c r="I340" s="21"/>
+      <c r="J340" s="12">
+        <v>45.196318211819097</v>
+      </c>
+      <c r="K340" s="12">
+        <v>8.9227261828520401</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A341" s="13" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B341" s="13" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C341" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D341" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E341" s="13" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F341" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G341" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H341" s="13" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I341" s="20" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J341" s="14">
+        <v>45.284077304781199</v>
+      </c>
+      <c r="K341" s="14">
+        <v>9.1356164267948703</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A342" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="B342" s="10" t="s">
+        <v>700</v>
+      </c>
+      <c r="C342" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D342" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E342" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="F342" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G342" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H342" s="10" t="s">
+        <v>936</v>
+      </c>
+      <c r="I342" s="11" t="s">
+        <v>723</v>
+      </c>
+      <c r="J342" s="12">
+        <v>45.173888888888889</v>
+      </c>
+      <c r="K342" s="12">
+        <v>9.443888888888889</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A343" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="B343" s="13" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C343" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D343" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E343" s="13" t="s">
+        <v>355</v>
+      </c>
+      <c r="F343" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G343" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H343" s="13" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I343" s="20" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J343" s="14">
+        <v>45.110719658562701</v>
+      </c>
+      <c r="K343" s="14">
+        <v>9.5149935405029709</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A344" s="10" t="s">
+        <v>931</v>
+      </c>
+      <c r="B344" s="10" t="s">
+        <v>932</v>
+      </c>
+      <c r="C344" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D344" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E344" s="10" t="s">
+        <v>935</v>
+      </c>
+      <c r="F344" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G344" s="10"/>
+      <c r="H344" s="10"/>
+      <c r="I344" s="21" t="s">
+        <v>937</v>
+      </c>
+      <c r="J344" s="12">
+        <v>44.823552461696202</v>
+      </c>
+      <c r="K344" s="12">
+        <v>9.1972118096962099</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A345" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="B345" s="13" t="s">
+        <v>668</v>
+      </c>
+      <c r="C345" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D345" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E345" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="F345" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G345" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H345" s="13" t="s">
+        <v>957</v>
+      </c>
+      <c r="I345" s="17"/>
+      <c r="J345" s="14">
+        <v>45.067895712609399</v>
+      </c>
+      <c r="K345" s="14">
+        <v>9.1674768012742103</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A346" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="B346" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C346" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D346" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E346" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="F346" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G346" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H346" s="10"/>
+      <c r="I346" s="21"/>
+      <c r="J346" s="12">
+        <v>44.930237009505099</v>
+      </c>
+      <c r="K346" s="12">
+        <v>9.0165060225073699</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A347" s="13" t="s">
+        <v>933</v>
+      </c>
+      <c r="B347" s="13" t="s">
+        <v>669</v>
+      </c>
+      <c r="C347" s="13" t="s">
+        <v>934</v>
+      </c>
+      <c r="D347" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E347" s="13" t="s">
+        <v>379</v>
+      </c>
+      <c r="F347" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G347" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H347" s="13"/>
+      <c r="I347" s="20"/>
+      <c r="J347" s="14">
+        <v>45.219166666666666</v>
+      </c>
+      <c r="K347" s="14">
+        <v>9.0761111111111106</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A348" s="10" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B348" s="10" t="s">
+        <v>670</v>
+      </c>
+      <c r="C348" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D348" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="E348" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="F348" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G348" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="H348" s="10"/>
+      <c r="I348" s="21"/>
+      <c r="J348" s="12">
+        <v>44.753</v>
+      </c>
+      <c r="K348" s="12">
+        <v>9.2390000000000008</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A349" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="B349" s="13" t="s">
+        <v>671</v>
+      </c>
+      <c r="C349" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D349" s="13" t="s">
+        <v>372</v>
+      </c>
+      <c r="E349" s="13" t="s">
+        <v>381</v>
+      </c>
+      <c r="F349" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G349" s="13"/>
+      <c r="H349" s="13"/>
+      <c r="I349" s="20"/>
+      <c r="J349" s="14">
+        <v>45.318333333333335</v>
+      </c>
+      <c r="K349" s="14">
+        <v>8.86</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A350" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="B350" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="C350" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D350" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>383</v>
+      </c>
+      <c r="F350" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G350" s="10"/>
+      <c r="H350" s="10"/>
+      <c r="I350" s="21"/>
+      <c r="J350" s="12">
+        <v>46.337777777777781</v>
+      </c>
+      <c r="K350" s="12">
+        <v>9.3711111111111123</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A351" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="B351" s="13" t="s">
+        <v>673</v>
+      </c>
+      <c r="C351" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D351" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="E351" s="13" t="s">
+        <v>384</v>
+      </c>
+      <c r="F351" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G351" s="13"/>
+      <c r="H351" s="13"/>
+      <c r="I351" s="17"/>
+      <c r="J351" s="14">
+        <v>46.490833333333335</v>
+      </c>
+      <c r="K351" s="14">
+        <v>10.295555555555556</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A352" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="B352" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="C352" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D352" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="E352" s="10" t="s">
+        <v>385</v>
+      </c>
+      <c r="F352" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G352" s="10"/>
+      <c r="H352" s="10"/>
+      <c r="I352" s="21"/>
+      <c r="J352" s="12">
+        <v>46.42722222222222</v>
+      </c>
+      <c r="K352" s="12">
+        <v>10.355277777777777</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A353" s="13" t="s">
+        <v>765</v>
+      </c>
+      <c r="B353" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C353" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="D353" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="E353" s="13" t="s">
+        <v>387</v>
+      </c>
+      <c r="F353" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G353" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H353" s="13"/>
+      <c r="I353" s="20"/>
+      <c r="J353" s="14">
+        <v>46.187382999999997</v>
+      </c>
+      <c r="K353" s="14">
+        <v>9.9292759999999998</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A354" s="10" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B354" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C354" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D354" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="E354" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="F354" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G354" s="10" t="s">
         <v>315</v>
       </c>
-      <c r="F9" s="10" t="s">
-[...20 lines deleted...]
-      <c r="C10" s="13" t="s">
+      <c r="H354" s="10"/>
+      <c r="I354" s="11"/>
+      <c r="J354" s="12">
+        <v>46.215589289395702</v>
+      </c>
+      <c r="K354" s="12">
+        <v>10.1725139048758</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A355" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="B355" s="13" t="s">
+        <v>675</v>
+      </c>
+      <c r="C355" s="13" t="s">
+        <v>766</v>
+      </c>
+      <c r="D355" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="E355" s="13" t="s">
+        <v>678</v>
+      </c>
+      <c r="F355" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G355" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H355" s="13" t="s">
+        <v>939</v>
+      </c>
+      <c r="I355" s="20" t="s">
+        <v>417</v>
+      </c>
+      <c r="J355" s="14">
+        <v>46.170941829097899</v>
+      </c>
+      <c r="K355" s="14">
+        <v>9.8716249455398195</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A356" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="B356" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="C356" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="D356" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="E356" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="F356" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G356" s="10"/>
+      <c r="H356" s="10"/>
+      <c r="I356" s="11"/>
+      <c r="J356" s="12">
+        <v>46.217222222222226</v>
+      </c>
+      <c r="K356" s="12">
+        <v>10.172499999999999</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A357" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="B357" s="13" t="s">
+        <v>938</v>
+      </c>
+      <c r="C357" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D357" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="E357" s="13" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F357" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G357" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H357" s="13"/>
+      <c r="I357" s="20" t="s">
+        <v>418</v>
+      </c>
+      <c r="J357" s="14">
+        <v>46.167356651538903</v>
+      </c>
+      <c r="K357" s="14">
+        <v>9.8758608999668507</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A358" s="10" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B358" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="C358" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="D358" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E358" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="F358" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G358" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H358" s="10" t="s">
+        <v>940</v>
+      </c>
+      <c r="I358" s="11" t="s">
+        <v>419</v>
+      </c>
+      <c r="J358" s="12">
+        <v>45.907975120712003</v>
+      </c>
+      <c r="K358" s="12">
+        <v>8.6207621883324794</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A359" s="13" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B359" s="13" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C359" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D359" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E359" s="13" t="s">
+        <v>389</v>
+      </c>
+      <c r="F359" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G359" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H359" s="13" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I359" s="20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J359" s="14">
+        <v>45.847750123721603</v>
+      </c>
+      <c r="K359" s="14">
+        <v>8.6694972786458298</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A360" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="B360" s="10" t="s">
+        <v>679</v>
+      </c>
+      <c r="C360" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D360" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="F360" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G360" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H360" s="10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I360" s="11" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J360" s="12">
+        <v>45.821269455472901</v>
+      </c>
+      <c r="K360" s="12">
+        <v>8.8963612264108693</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A361" s="13" t="s">
+        <v>767</v>
+      </c>
+      <c r="B361" s="13" t="s">
+        <v>768</v>
+      </c>
+      <c r="C361" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D361" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E361" s="13" t="s">
+        <v>772</v>
+      </c>
+      <c r="F361" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G361" s="13"/>
+      <c r="H361" s="13" t="s">
+        <v>941</v>
+      </c>
+      <c r="I361" s="20" t="s">
+        <v>783</v>
+      </c>
+      <c r="J361" s="14">
+        <v>45.674761733790298</v>
+      </c>
+      <c r="K361" s="14">
+        <v>8.8219643569753003</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A362" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="B362" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="C362" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D10" s="13" t="s">
-[...26 lines deleted...]
-      <c r="C11" s="10" t="s">
+      <c r="D362" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E362" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="F362" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G362" s="10"/>
+      <c r="H362" s="10"/>
+      <c r="I362" s="11"/>
+      <c r="J362" s="12">
+        <v>45.726111111111116</v>
+      </c>
+      <c r="K362" s="12">
+        <v>8.8036111111111115</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A363" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="B363" s="13" t="s">
+        <v>681</v>
+      </c>
+      <c r="C363" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="D11" s="10" t="s">
-[...26 lines deleted...]
-      <c r="C12" s="13" t="s">
+      <c r="D363" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E363" s="13" t="s">
+        <v>392</v>
+      </c>
+      <c r="F363" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G363" s="13"/>
+      <c r="H363" s="13"/>
+      <c r="I363" s="20"/>
+      <c r="J363" s="14">
+        <v>45.660277777777779</v>
+      </c>
+      <c r="K363" s="14">
+        <v>8.9719444444444445</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A364" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="B364" s="10" t="s">
+        <v>682</v>
+      </c>
+      <c r="C364" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="13" t="s">
-[...26 lines deleted...]
-      <c r="C13" s="10" t="s">
+      <c r="D364" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E364" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="F364" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="G364" s="10"/>
+      <c r="H364" s="10"/>
+      <c r="I364" s="11"/>
+      <c r="J364" s="12">
+        <v>45.628611111111113</v>
+      </c>
+      <c r="K364" s="12">
+        <v>9.0380555555555553</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A365" s="13" t="s">
+        <v>216</v>
+      </c>
+      <c r="B365" s="13" t="s">
+        <v>705</v>
+      </c>
+      <c r="C365" s="13" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D365" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E365" s="13" t="s">
+        <v>395</v>
+      </c>
+      <c r="F365" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G365" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H365" s="13" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I365" s="20" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J365" s="14">
+        <v>45.80555555555555</v>
+      </c>
+      <c r="K365" s="14">
+        <v>8.6719444444444438</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A366" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="B366" s="10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C366" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D366" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E366" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="F366" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G366" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H366" s="10" t="s">
+        <v>944</v>
+      </c>
+      <c r="I366" s="11" t="s">
+        <v>434</v>
+      </c>
+      <c r="J366" s="12">
+        <v>46.00416666666667</v>
+      </c>
+      <c r="K366" s="12">
+        <v>8.7444444444444436</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A367" s="13" t="s">
+        <v>942</v>
+      </c>
+      <c r="B367" s="13" t="s">
+        <v>943</v>
+      </c>
+      <c r="C367" s="13" t="s">
+        <v>837</v>
+      </c>
+      <c r="D367" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E367" s="13" t="s">
+        <v>397</v>
+      </c>
+      <c r="F367" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G367" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H367" s="13" t="s">
+        <v>945</v>
+      </c>
+      <c r="I367" s="20" t="s">
+        <v>946</v>
+      </c>
+      <c r="J367" s="14">
+        <v>45.7238752562874</v>
+      </c>
+      <c r="K367" s="14">
+        <v>8.6314764957626995</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A368" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="B368" s="10" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C368" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="D368" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E368" s="10" t="s">
+        <v>394</v>
+      </c>
+      <c r="F368" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G368" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H368" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="I368" s="11" t="s">
+        <v>830</v>
+      </c>
+      <c r="J368" s="12">
+        <v>45.784722222222221</v>
+      </c>
+      <c r="K368" s="12">
+        <v>8.6916666666666664</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A369" s="13" t="s">
+        <v>724</v>
+      </c>
+      <c r="B369" s="13" t="s">
+        <v>725</v>
+      </c>
+      <c r="C369" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D369" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E369" s="13" t="s">
+        <v>726</v>
+      </c>
+      <c r="F369" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="G369" s="13"/>
+      <c r="H369" s="13"/>
+      <c r="I369" s="20"/>
+      <c r="J369" s="14">
+        <v>45.8386079221237</v>
+      </c>
+      <c r="K369" s="14">
+        <v>8.7476805365768104</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A370" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="B370" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C370" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D370" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E370" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F370" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G370" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H370" s="10" t="s">
+        <v>949</v>
+      </c>
+      <c r="I370" s="11" t="s">
+        <v>798</v>
+      </c>
+      <c r="J370" s="12">
+        <v>45.915833333333332</v>
+      </c>
+      <c r="K370" s="12">
+        <v>8.8805555555555564</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A371" s="13" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B371" s="13" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C371" s="13" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D371" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E371" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="F371" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="G371" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H371" s="13" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I371" s="20"/>
+      <c r="J371" s="14">
+        <v>45.901573883310498</v>
+      </c>
+      <c r="K371" s="14">
+        <v>8.6201959514667106</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A372" s="10" t="s">
+        <v>480</v>
+      </c>
+      <c r="B372" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="C372" s="10" t="s">
+        <v>481</v>
+      </c>
+      <c r="D372" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E372" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="F372" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="G372" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H372" s="10" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I372" s="11"/>
+      <c r="J372" s="12">
+        <v>45.656112638749498</v>
+      </c>
+      <c r="K372" s="12">
+        <v>8.7943095709934802</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A373" s="13" t="s">
+        <v>235</v>
+      </c>
+      <c r="B373" s="13" t="s">
+        <v>684</v>
+      </c>
+      <c r="C373" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="D13" s="10" t="s">
-[...4708 lines deleted...]
-      <c r="E157" s="10" t="s">
+      <c r="D373" s="13" t="s">
         <v>388</v>
       </c>
-      <c r="F157" s="10" t="s">
-[...592 lines deleted...]
-      <c r="E174" s="13" t="s">
+      <c r="E373" s="13" t="s">
         <v>399</v>
       </c>
-      <c r="F174" s="13" t="s">
-[...80 lines deleted...]
-      <c r="I176" s="21" t="s">
+      <c r="F373" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G373" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H373" s="13" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I373" s="20"/>
+      <c r="J373" s="14">
+        <v>45.894722222222221</v>
+      </c>
+      <c r="K373" s="14">
+        <v>8.7555555555555564</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A374" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="B374" s="10" t="s">
         <v>1099</v>
       </c>
-      <c r="J176" s="14">
-[...54 lines deleted...]
-      <c r="E178" s="13" t="s">
+      <c r="C374" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="D374" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="E374" s="10" t="s">
         <v>401</v>
       </c>
-      <c r="F178" s="13" t="s">
-[...801 lines deleted...]
-      <c r="B204" s="13" t="s">
+      <c r="F374" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="G374" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H374" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I374" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="J374" s="12">
+        <v>45.775833333333331</v>
+      </c>
+      <c r="K374" s="12">
+        <v>8.8566666666666656</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A375" s="13" t="s">
+        <v>485</v>
+      </c>
+      <c r="B375" s="13" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C375" s="13" t="s">
         <v>727</v>
       </c>
-      <c r="C204" s="13" t="s">
-[...138 lines deleted...]
-      <c r="H208" s="13" t="s">
+      <c r="D375" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="E375" s="13" t="s">
         <v>1262</v>
       </c>
-      <c r="I208" s="21" t="s">
-[...2272 lines deleted...]
-      <c r="B280" s="13" t="s">
+      <c r="F375" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="G375" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="H375" s="13" t="s">
+        <v>950</v>
+      </c>
+      <c r="I375" s="20" t="s">
         <v>784</v>
       </c>
-      <c r="C280" s="13" t="s">
-[...3322 lines deleted...]
-      <c r="J384" s="14">
+      <c r="J375" s="14">
         <v>45.613333333333337</v>
       </c>
-      <c r="K384" s="14">
+      <c r="K375" s="14">
         <v>8.8463888888888889</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LUbmp10MTsgpFeTQBGS/G5E8Krbh/r4G7eY6QqCI9l7ZGV8ZsPWbsilFoXWLlFDdY2am+P5LefrJKUOZ5iQlpA==" saltValue="W4HCfuzqp/VhDKNu1AxlmA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fuOWX9cNYDaGYinWdxkOciOsJg1iy5i9wJQK9AS3vAkv0ljW2PGHbPiG1jCqMp9yPpjzfmlrzJjuN4l7T4e3ZA==" saltValue="oZ4eg9v5i00R0S5Ks+5iFQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010017165291F9950E45A6E35948F35535CB" ma:contentTypeVersion="6" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="a985585ce01aa34c7a671c8ac821b6de">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9a85518d-2ddf-4b50-a4a0-491ff7eecbb3" xmlns:ns3="2e14e1e8-a00b-446c-806a-a229d4f67323" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab9975ac08a2c87e813250645a4779c7" ns2:_="" ns3:_="">
     <xsd:import namespace="9a85518d-2ddf-4b50-a4a0-491ff7eecbb3"/>
     <xsd:import namespace="2e14e1e8-a00b-446c-806a-a229d4f67323"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9a85518d-2ddf-4b50-a4a0-491ff7eecbb3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -17656,79 +17643,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0EC1635-1C69-4FBB-AC48-E41C5F28CF49}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{511AD0A4-8ADF-43EE-A725-AD2DDC729FEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9a85518d-2ddf-4b50-a4a0-491ff7eecbb3"/>
     <ds:schemaRef ds:uri="2e14e1e8-a00b-446c-806a-a229d4f67323"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0EC1635-1C69-4FBB-AC48-E41C5F28CF49}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2560B022-1AD8-4886-8D13-400550C05233}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="9a85518d-2ddf-4b50-a4a0-491ff7eecbb3"/>
     <ds:schemaRef ds:uri="2e14e1e8-a00b-446c-806a-a229d4f67323"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>